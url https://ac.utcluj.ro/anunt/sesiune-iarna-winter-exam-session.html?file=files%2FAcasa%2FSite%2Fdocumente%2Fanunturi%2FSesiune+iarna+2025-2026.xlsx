--- v0 (2025-12-18)
+++ v1 (2026-02-19)
@@ -9,80 +9,80 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Ela AC\Sesiuni\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8BB3F07-B47B-4712-B9B1-50E6CD6D497B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{53A5CB65-4E3C-45B2-BB37-C37ACC361002}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Au ro seria A" sheetId="1" r:id="rId1"/>
     <sheet name="Au ro seria B" sheetId="11" r:id="rId2"/>
     <sheet name="Au SM " sheetId="14" r:id="rId3"/>
     <sheet name="Au en" sheetId="2" r:id="rId4"/>
     <sheet name=" Ca ro seria A" sheetId="3" r:id="rId5"/>
     <sheet name=" Ca ro seria B" sheetId="12" r:id="rId6"/>
     <sheet name="IV Ca si TI" sheetId="9" r:id="rId7"/>
     <sheet name="Ca en seria A" sheetId="4" r:id="rId8"/>
     <sheet name="Ca en seria B" sheetId="13" r:id="rId9"/>
     <sheet name="IS - master" sheetId="5" r:id="rId10"/>
     <sheet name="CTI - master" sheetId="6" r:id="rId11"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1720" uniqueCount="728">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1730" uniqueCount="729">
   <si>
     <t>I Automatica si informatica aplicata A</t>
   </si>
   <si>
     <t>IARNA 26.01. - 15.02.2026</t>
   </si>
   <si>
     <t>Disciplina</t>
   </si>
   <si>
     <t>Cadru didactic</t>
   </si>
   <si>
     <t>Data/ora</t>
   </si>
   <si>
     <t>Sala</t>
   </si>
   <si>
     <t xml:space="preserve">Analiza matematica I  </t>
   </si>
   <si>
     <t>INOAN Daniela</t>
   </si>
   <si>
@@ -509,53 +509,50 @@
     <t>Power Electronics</t>
   </si>
   <si>
     <t>Economic Law</t>
   </si>
   <si>
     <t>Cordos Roxana                                                                                                    Colocviu</t>
   </si>
   <si>
     <t>Management and Communication</t>
   </si>
   <si>
     <t>Maier Veronica                                                                                                    Colocviu</t>
   </si>
   <si>
     <t>IV Automatica si informatica aplicata (in limba engleza)</t>
   </si>
   <si>
     <t>Distributed Control Systems</t>
   </si>
   <si>
     <t xml:space="preserve">LETIA Tiberiu </t>
   </si>
   <si>
     <t>Robot Control Systems</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> NATSAKIS Anastasios</t>
   </si>
   <si>
     <t>Continuous Plant Control</t>
   </si>
   <si>
     <t>NASCU Ioana</t>
   </si>
   <si>
     <t>Reliability and Diagnosis</t>
   </si>
   <si>
     <t xml:space="preserve">ENYEDI Szilard </t>
   </si>
   <si>
     <t>Mycrosystems and Data Aquisition</t>
   </si>
   <si>
     <t xml:space="preserve">RUSU - BOTH Roxana </t>
   </si>
   <si>
     <t>Project Management</t>
   </si>
   <si>
     <t>Electrical Machines and Drives</t>
   </si>
@@ -1298,80 +1295,74 @@
   <si>
     <t>Ingineria programarii/Programming Engineering</t>
   </si>
   <si>
     <t>Prelucrarea limbajului natural/Natural Language Processing</t>
   </si>
   <si>
     <t>Realitate virtuala/Virtual Reality</t>
   </si>
   <si>
     <t>BICU Victor</t>
   </si>
   <si>
     <t>Interfata om-calculator/Human-Computer Interfaces</t>
   </si>
   <si>
     <t>Etica si integritate academica/Ethics and Academic Integrity</t>
   </si>
   <si>
     <t>I Inginerie software</t>
   </si>
   <si>
     <t>MARIȚA Tiberiu</t>
   </si>
   <si>
-    <t xml:space="preserve">DĂDÂRLAT Vasile </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">SALOMIE Ioan </t>
   </si>
   <si>
     <t>II Inginerie software</t>
   </si>
   <si>
     <t>DÎNȘOREANU Mihaela</t>
   </si>
   <si>
     <t>Fiabilitatea programelor</t>
   </si>
   <si>
     <t xml:space="preserve">SUCIU Alin   </t>
   </si>
   <si>
     <t>Sisteme tranzactionale</t>
   </si>
   <si>
     <t xml:space="preserve"> PECULEA Lorena  </t>
   </si>
   <si>
     <t>I Tehnologia informatiei in economie</t>
   </si>
   <si>
-    <t>DĂDÂRLAT Vasile</t>
-[...1 lines deleted...]
-  <si>
     <t>Bazele economiei</t>
   </si>
   <si>
     <t xml:space="preserve">SABO-MARȚIȘ Simona </t>
   </si>
   <si>
     <t>II Tehnologia informatiei in economie</t>
   </si>
   <si>
     <t>Tehnologii web pentru eBusiness</t>
   </si>
   <si>
     <t xml:space="preserve">CHIFU Viorica Rozina </t>
   </si>
   <si>
     <t>Data warehouse si Business intelligence</t>
   </si>
   <si>
     <t>Blockchain</t>
   </si>
   <si>
     <t xml:space="preserve">PECULEA Lorena Nicoleta </t>
   </si>
   <si>
     <t>II Ingineria securitatii cibernetice (in limba engleza)</t>
@@ -1511,227 +1502,200 @@
   <si>
     <t>H11</t>
   </si>
   <si>
     <t>13.02.2026/8-14</t>
   </si>
   <si>
     <t>26.01.2026/8-11</t>
   </si>
   <si>
     <t>30.01.2026/8-11</t>
   </si>
   <si>
     <t>40+D21</t>
   </si>
   <si>
     <t>11.02.2025/11-14</t>
   </si>
   <si>
     <t>Lab. Obs.</t>
   </si>
   <si>
     <t>27.01.2025/8</t>
   </si>
   <si>
-    <t>03.02.2025/8</t>
-[...1 lines deleted...]
-  <si>
     <t>15.02.2025/14-17</t>
   </si>
   <si>
     <t>07.02.2025/8-11</t>
   </si>
   <si>
     <t>07.02.2026/11-14</t>
   </si>
   <si>
     <t>03.02.2026/17-20</t>
   </si>
   <si>
     <t>27.01.2026/11-14</t>
   </si>
   <si>
-    <t>Aula Inst</t>
-[...1 lines deleted...]
-  <si>
     <t>13.02.2026/14-17</t>
   </si>
   <si>
     <t>30.01.2026/17-20</t>
   </si>
   <si>
     <t>09.02.2026/8-17</t>
   </si>
   <si>
-    <t>10.02.2026/11-14</t>
-[...1 lines deleted...]
-  <si>
     <t>09.02.2026/8-11</t>
   </si>
   <si>
     <t>04.02.2026/11-14</t>
   </si>
   <si>
     <t>D21</t>
   </si>
   <si>
     <t>12-13.02.2026/8-20</t>
   </si>
   <si>
     <t>31.01.2026/11-14</t>
   </si>
   <si>
-    <t>D01</t>
-[...4 lines deleted...]
-  <si>
     <t>14.02.2026/8-11</t>
   </si>
   <si>
     <t>04.02.2026/14-17</t>
   </si>
   <si>
     <t>26-27.01.2026/8-20</t>
   </si>
   <si>
-    <t>106 Dorob</t>
-[...1 lines deleted...]
-  <si>
     <t>P03+F</t>
   </si>
   <si>
     <t>02.02.2026/17-20</t>
   </si>
   <si>
     <t>27.01.2026/14-17</t>
   </si>
   <si>
     <t>30.01.2026/14-17</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>26.01.2026/17-20</t>
   </si>
   <si>
     <t>27.01.2026/8</t>
   </si>
   <si>
-    <t>Lab Obs</t>
-[...1 lines deleted...]
-  <si>
     <t>06.02.2026/14-17</t>
   </si>
   <si>
     <t>12.02.2026/8-20</t>
   </si>
   <si>
     <t>Grupa 1</t>
   </si>
   <si>
     <t>Grupa 2</t>
   </si>
   <si>
     <t>Grupa 3</t>
   </si>
   <si>
     <t>Grupa 4</t>
   </si>
   <si>
     <t>06.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>P 03</t>
   </si>
   <si>
     <t>12.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>Aula Instalatii</t>
   </si>
   <si>
     <t>30.01.2026 orele 11:00-14:00</t>
   </si>
   <si>
-    <t>D01+D03</t>
-[...1 lines deleted...]
-  <si>
     <t>11.02.2026, 12.02.2026, 13.02.2026 orele 09:00</t>
   </si>
   <si>
     <t>BT 401</t>
   </si>
   <si>
     <t>05.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>Aula instalatii</t>
   </si>
   <si>
     <t>09.02.2026 orele 14:00-17:00</t>
   </si>
   <si>
     <t>31.01.2026 orele 8:00-11:00</t>
   </si>
   <si>
     <t>06.02.2026 orele 14:00-17:00</t>
   </si>
   <si>
     <t>40+356+F+D21</t>
   </si>
   <si>
     <t>10.02.2026 orele 14:00-17:00</t>
   </si>
   <si>
     <t>14.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>31.01.2026 orele 08:00-11:00</t>
   </si>
   <si>
     <t>D21+F</t>
   </si>
   <si>
     <t>13.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>P03+40+D21+F</t>
   </si>
   <si>
     <t>09.02.2026 orele 11:00-14:00</t>
   </si>
   <si>
     <t>NAGHIU Dan</t>
   </si>
   <si>
-    <t>13.02.2026 / 11-14</t>
-[...1 lines deleted...]
-  <si>
     <t>26.01.2026/9-11, grupa 1,2,3</t>
   </si>
   <si>
     <t>30.01.2026/9-11, grupa 4,5</t>
   </si>
   <si>
     <t>26.01.2026/11-14, grupa 4,5</t>
   </si>
   <si>
     <t xml:space="preserve">P03 </t>
   </si>
   <si>
     <t>30.01.2026/11-14, grupa 1,2,3</t>
   </si>
   <si>
     <t>9.02.2026/17-20</t>
   </si>
   <si>
     <t>4.02.2026/8-11</t>
   </si>
   <si>
     <t>Munteanu Sonia</t>
   </si>
   <si>
     <t>03.02.2026/11-14</t>
@@ -1748,296 +1712,248 @@
   <si>
     <t>07.02.2026/8-14</t>
   </si>
   <si>
     <t>13.02.2026/17-20</t>
   </si>
   <si>
     <t>02.02.2026/11-14</t>
   </si>
   <si>
     <t>10.02.2026/8-11</t>
   </si>
   <si>
     <t>29.01.2026/14-17</t>
   </si>
   <si>
     <t>06.02.2026/ 14-17</t>
   </si>
   <si>
     <t>26.01.2016/8-11</t>
   </si>
   <si>
     <t>04.02.2026/8-11</t>
   </si>
   <si>
-    <t>40+D21+F</t>
-[...1 lines deleted...]
-  <si>
     <t>13.02.2026/8-11</t>
   </si>
   <si>
     <t>09.02.2026/08-11</t>
   </si>
   <si>
     <t>101-108 (Dorobanților)</t>
   </si>
   <si>
-    <t xml:space="preserve">D01 </t>
-[...4 lines deleted...]
-  <si>
     <t>05.02.2026/17-20</t>
   </si>
   <si>
     <t>06.02.2026/17-20</t>
   </si>
   <si>
     <t>30.01.2026/11-14</t>
   </si>
   <si>
     <t>SLAVESCU Radu Razvan</t>
   </si>
   <si>
     <t>MARTON Kinga</t>
   </si>
   <si>
     <t>P03 + F</t>
   </si>
   <si>
     <t>10.02.2026/8-14</t>
   </si>
   <si>
     <t>06.02.2026/11-14</t>
   </si>
   <si>
     <t>26.01.2026/11-14</t>
   </si>
   <si>
     <t>15.02.2026/8-11</t>
   </si>
   <si>
     <t>06.02.2026/8-11</t>
   </si>
   <si>
     <t>10.02.2026/14-17</t>
   </si>
   <si>
-    <t>28.01.2026/8-11</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 27.01.2026/14-17</t>
   </si>
   <si>
     <t>05.02.2026/11-14</t>
   </si>
   <si>
     <t>09.02.2026/11-14</t>
   </si>
   <si>
     <t>13.02.2026/11-14</t>
   </si>
   <si>
     <t>Knowledge-based Systems</t>
   </si>
   <si>
     <t>RUSU-BOTH Roxana</t>
   </si>
   <si>
     <t>28.01.2026/11-14</t>
   </si>
   <si>
     <t>12.02.2026/11-14</t>
   </si>
   <si>
     <t>09.02.2026/14-17</t>
   </si>
   <si>
-    <t>Aula Inst.</t>
-[...7 lines deleted...]
-  <si>
     <t>10.02.2026/17-20</t>
   </si>
   <si>
     <t>03.02.2026/17-19</t>
   </si>
   <si>
     <t>12.02.2026/18-20</t>
   </si>
   <si>
     <t>03.02.2026/18-20</t>
   </si>
   <si>
     <t>06.02.2026/18-20</t>
   </si>
   <si>
     <t>30.01.2026/18-20</t>
   </si>
   <si>
     <t>C13</t>
   </si>
   <si>
     <t>03.02.2026/18-21</t>
   </si>
   <si>
     <t>31.01.2026/17-20</t>
   </si>
   <si>
     <t>13.01.2026/18-20</t>
   </si>
   <si>
     <t>TEAMS</t>
   </si>
   <si>
     <t>10.02.2026+11.02.2026 16-20</t>
   </si>
   <si>
     <t>C01</t>
   </si>
   <si>
     <t>07.02.2026/9:00</t>
   </si>
   <si>
-    <t>308+309 Obs.</t>
-[...1 lines deleted...]
-  <si>
     <t>27.012026/18-20</t>
   </si>
   <si>
-    <t>303 Obs.</t>
-[...1 lines deleted...]
-  <si>
     <t>04.02.2026/17-20</t>
   </si>
   <si>
     <t>BT6.02</t>
   </si>
   <si>
     <t>30.01.2026/12-20</t>
   </si>
   <si>
     <t>BT6.03</t>
   </si>
   <si>
     <t>27.01.2026/18-20</t>
   </si>
   <si>
     <t>05.02.2026/15-17</t>
   </si>
   <si>
     <t>BT5.01</t>
   </si>
   <si>
     <t>09.02.2026/18-20</t>
   </si>
   <si>
-    <t>302 Obs.</t>
-[...1 lines deleted...]
-  <si>
     <t>29.01.2026/18-20</t>
   </si>
   <si>
     <t>M201</t>
   </si>
   <si>
     <t>02.02.2026 18-20</t>
   </si>
   <si>
     <t>07.02.2026/17-20</t>
   </si>
   <si>
     <t>26.01.2026/18-20</t>
   </si>
   <si>
     <t>05.02.2026/18-20</t>
   </si>
   <si>
-    <t>D04</t>
-[...1 lines deleted...]
-  <si>
     <t>23.01.2026/18-20</t>
   </si>
   <si>
     <t>09.02.2026/8-14</t>
   </si>
   <si>
     <t>03.02.2026/14-17</t>
   </si>
   <si>
     <t>LISMAN Dragos</t>
   </si>
   <si>
     <t>VARGA Robert</t>
   </si>
   <si>
     <t>27.01.2026/8-20</t>
   </si>
   <si>
     <t>10.02.2026</t>
   </si>
   <si>
     <t>03.02.2026/8-11</t>
   </si>
   <si>
-    <t>D01 + D03</t>
-[...1 lines deleted...]
-  <si>
     <t>31.01.2026/14-17</t>
   </si>
   <si>
     <t>40 + D21</t>
   </si>
   <si>
-    <t>14.02.2026/11-14</t>
-[...7 lines deleted...]
-  <si>
     <t>14.02.2025/11-14</t>
   </si>
   <si>
     <t>P03+356</t>
   </si>
   <si>
     <t>11.02.2025/14-17</t>
   </si>
   <si>
-    <t>40 + D21 + F</t>
-[...1 lines deleted...]
-  <si>
     <t>Lab. Dorob.</t>
   </si>
   <si>
     <t>GIOSAN Ion</t>
   </si>
   <si>
     <t>09.02.2026/8-20</t>
   </si>
   <si>
     <t>13.02.2026/14-20</t>
   </si>
   <si>
     <t>5.02.2026/8-11</t>
   </si>
   <si>
     <t>29.01.2026/17-20</t>
   </si>
   <si>
     <t>26.01.2026/14-17</t>
   </si>
   <si>
     <t>12.02.2026/17-20</t>
   </si>
   <si>
     <t>ZARBO Liviu</t>
@@ -2241,60 +2157,147 @@
     <t>13.01.2026/09:00</t>
   </si>
   <si>
     <t>07.02.2026/14:00</t>
   </si>
   <si>
     <t>11.02.2026/16:00</t>
   </si>
   <si>
     <t>A15</t>
   </si>
   <si>
     <t>03.02.2026/12:00</t>
   </si>
   <si>
     <t>27.01.2026/16:00</t>
   </si>
   <si>
     <t>11.02.2026/12:00</t>
   </si>
   <si>
     <t>07.02.2026/10:00</t>
   </si>
   <si>
     <t>Liviu BOLUNDUT</t>
+  </si>
+  <si>
+    <t>07.02.2026/8-11</t>
+  </si>
+  <si>
+    <t>40+D21+F+H11</t>
+  </si>
+  <si>
+    <t>40 + D21 + F+H11</t>
+  </si>
+  <si>
+    <t>Laboratoare Observator</t>
+  </si>
+  <si>
+    <t>Laboratoare Dorobantilor</t>
+  </si>
+  <si>
+    <t>STROIA Nicoleta</t>
+  </si>
+  <si>
+    <t>303 Observator</t>
+  </si>
+  <si>
+    <t>302 Observator</t>
+  </si>
+  <si>
+    <t>308+309 Observator</t>
+  </si>
+  <si>
+    <t>304 Observator</t>
+  </si>
+  <si>
+    <t>305 Observator</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DADARLAT Vasile </t>
+  </si>
+  <si>
+    <t>03.02.2025</t>
+  </si>
+  <si>
+    <t>11.02.2026</t>
+  </si>
+  <si>
+    <t>01.02.2026/11-14</t>
+  </si>
+  <si>
+    <t>P03+D21</t>
+  </si>
+  <si>
+    <t>D01+D03, Dorobantilor</t>
+  </si>
+  <si>
+    <t>D01+D03 Dorobantilor</t>
+  </si>
+  <si>
+    <t>D01, Dorobantilor</t>
+  </si>
+  <si>
+    <t>D03, Dorobantilor</t>
+  </si>
+  <si>
+    <t>D01+D04, Dorobantilor</t>
+  </si>
+  <si>
+    <t>106 Dorobantilor</t>
+  </si>
+  <si>
+    <t>D01 + D03, Dorobantilor</t>
+  </si>
+  <si>
+    <t>D04, Dorobantilor</t>
+  </si>
+  <si>
+    <t>13.02.2026 / 11-17</t>
+  </si>
+  <si>
+    <t>NATSAKIS Anastasios</t>
+  </si>
+  <si>
+    <t>Tehnologia, dinamica si controlul masinilor autonome</t>
+  </si>
+  <si>
+    <t>Autonomous driving: Technology, Dynamics and Control</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUNTEAN Ionut </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="165" formatCode="0;[Red]0"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="167" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
+    <numFmt numFmtId="164" formatCode="0;[Red]0"/>
+    <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy\ hh:mm"/>
+    <numFmt numFmtId="166" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
@@ -2460,51 +2463,51 @@
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="lightDown">
         <fgColor auto="1"/>
         <bgColor auto="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="lightDown"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="lightDown">
         <fgColor auto="1"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="86">
+  <borders count="89">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -3545,50 +3548,93 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="81"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="81"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="81"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="81"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="81"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="81"/>
   </cellStyleXfs>
   <cellXfs count="564">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -3721,147 +3767,126 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="13" fillId="0" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3957,53 +3982,50 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="19" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -4172,280 +4194,259 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="25" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="25" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="25" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="25" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="22" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="26" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="26" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="26" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="26" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="20" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="26" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="26" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4513,546 +4514,161 @@
     <xf numFmtId="1" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="41" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="19" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="48" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...350 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="19" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="8" applyFont="1"/>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="81" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="8" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="35" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="84" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="84" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="8" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="85" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="78" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="48" xfId="8" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="48" xfId="8" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="81" xfId="8" applyFont="1"/>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="59" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="59" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -5066,133 +4682,563 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="44" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="72" xfId="8" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="81" xfId="8" applyFont="1"/>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="81" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="8" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="8" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="44" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="41" xfId="8" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="59" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="70" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="32" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="33" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="78" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="79" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="2" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="27" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="35" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="81" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="41" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="53" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="53" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="27" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="19" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Hyperlink 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-    <cellStyle name="Normal 3" xfId="8" xr:uid="{94043C4C-4C81-462D-A2E8-5D2D52565555}"/>
-[...4 lines deleted...]
-    <cellStyle name="Style 5" xfId="5" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Style 1" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Style 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Style 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Style 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Style 5" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -5503,5543 +5549,5567 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H46"/>
   <sheetViews>
-    <sheetView topLeftCell="A27" workbookViewId="0">
-      <selection activeCell="E55" sqref="E55"/>
+    <sheetView topLeftCell="A30" workbookViewId="0">
+      <selection activeCell="G38" sqref="G38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38" style="2" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" style="4" customWidth="1"/>
     <col min="4" max="4" width="19.140625" style="5" customWidth="1"/>
     <col min="5" max="5" width="17.28515625" style="5" customWidth="1"/>
     <col min="6" max="6" width="11" style="6" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" style="7" customWidth="1"/>
     <col min="8" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="378" t="s">
+      <c r="A1" s="438" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="378"/>
-[...5 lines deleted...]
-      <c r="H1" s="145"/>
+      <c r="B1" s="438"/>
+      <c r="C1" s="135"/>
+      <c r="D1" s="135"/>
+      <c r="E1" s="135"/>
+      <c r="F1" s="136"/>
+      <c r="G1" s="137"/>
+      <c r="H1" s="138"/>
     </row>
     <row r="2" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="379" t="s">
+      <c r="A2" s="439" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="379" t="s">
+      <c r="B2" s="439" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="374" t="s">
+      <c r="C2" s="434" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="375"/>
-[...2 lines deleted...]
-      <c r="G2" s="380" t="s">
+      <c r="D2" s="440"/>
+      <c r="E2" s="440"/>
+      <c r="F2" s="435"/>
+      <c r="G2" s="442" t="s">
         <v>5</v>
       </c>
-      <c r="H2" s="150"/>
+      <c r="H2" s="142"/>
     </row>
     <row r="3" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="379"/>
-[...1 lines deleted...]
-      <c r="C3" s="151" t="s">
+      <c r="A3" s="439"/>
+      <c r="B3" s="439"/>
+      <c r="C3" s="143" t="s">
+        <v>506</v>
+      </c>
+      <c r="D3" s="143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E3" s="143" t="s">
+        <v>508</v>
+      </c>
+      <c r="F3" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="G3" s="443"/>
+      <c r="H3" s="142"/>
+    </row>
+    <row r="4" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="144" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="145" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="434" t="s">
+        <v>510</v>
+      </c>
+      <c r="D4" s="440"/>
+      <c r="E4" s="440"/>
+      <c r="F4" s="435"/>
+      <c r="G4" s="146" t="s">
+        <v>511</v>
+      </c>
+      <c r="H4" s="147"/>
+    </row>
+    <row r="5" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="436" t="s">
+        <v>512</v>
+      </c>
+      <c r="D5" s="444"/>
+      <c r="E5" s="444"/>
+      <c r="F5" s="437"/>
+      <c r="G5" s="151" t="s">
+        <v>513</v>
+      </c>
+      <c r="H5" s="152"/>
+    </row>
+    <row r="6" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="154" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="445" t="s">
+        <v>663</v>
+      </c>
+      <c r="D6" s="446"/>
+      <c r="E6" s="446"/>
+      <c r="F6" s="446"/>
+      <c r="G6" s="155" t="s">
+        <v>501</v>
+      </c>
+      <c r="H6" s="157"/>
+    </row>
+    <row r="7" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="158" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="434" t="s">
+        <v>514</v>
+      </c>
+      <c r="D7" s="440"/>
+      <c r="E7" s="440"/>
+      <c r="F7" s="435"/>
+      <c r="G7" s="159">
+        <v>40</v>
+      </c>
+      <c r="H7" s="147"/>
+    </row>
+    <row r="8" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="144" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="154" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="434" t="s">
+        <v>664</v>
+      </c>
+      <c r="D8" s="440"/>
+      <c r="E8" s="440"/>
+      <c r="F8" s="435"/>
+      <c r="G8" s="160" t="s">
+        <v>717</v>
+      </c>
+      <c r="H8" s="147"/>
+    </row>
+    <row r="9" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="145" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="441" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" s="441"/>
+      <c r="E9" s="441"/>
+      <c r="F9" s="441"/>
+      <c r="G9" s="441"/>
+      <c r="H9" s="147"/>
+    </row>
+    <row r="10" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="161"/>
+      <c r="B10" s="162"/>
+      <c r="C10" s="137"/>
+      <c r="D10" s="137"/>
+      <c r="E10" s="137"/>
+      <c r="F10" s="147"/>
+      <c r="G10" s="163"/>
+      <c r="H10" s="147"/>
+    </row>
+    <row r="11" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="438" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="438"/>
+      <c r="C11" s="135"/>
+      <c r="D11" s="135"/>
+      <c r="E11" s="135"/>
+      <c r="F11" s="136"/>
+      <c r="G11" s="137"/>
+      <c r="H11" s="147"/>
+    </row>
+    <row r="12" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="439" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="439" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="434" t="s">
+        <v>4</v>
+      </c>
+      <c r="D12" s="440"/>
+      <c r="E12" s="440"/>
+      <c r="F12" s="435"/>
+      <c r="G12" s="442" t="s">
+        <v>5</v>
+      </c>
+      <c r="H12" s="147"/>
+    </row>
+    <row r="13" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="439"/>
+      <c r="B13" s="439"/>
+      <c r="C13" s="143" t="s">
+        <v>506</v>
+      </c>
+      <c r="D13" s="143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E13" s="143" t="s">
+        <v>508</v>
+      </c>
+      <c r="F13" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="G13" s="443"/>
+      <c r="H13" s="147"/>
+    </row>
+    <row r="14" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="164" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="154" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="451" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="451"/>
+      <c r="E14" s="451"/>
+      <c r="F14" s="451"/>
+      <c r="G14" s="451"/>
+      <c r="H14" s="157"/>
+    </row>
+    <row r="15" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="165" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="154" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="452" t="s">
+        <v>515</v>
+      </c>
+      <c r="D15" s="453"/>
+      <c r="E15" s="453"/>
+      <c r="F15" s="454"/>
+      <c r="G15" s="156" t="s">
         <v>516</v>
       </c>
-      <c r="D3" s="151" t="s">
+      <c r="H15" s="157"/>
+    </row>
+    <row r="16" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="166" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="154" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="436" t="s">
         <v>517</v>
       </c>
-      <c r="E3" s="151" t="s">
+      <c r="D16" s="444"/>
+      <c r="E16" s="444"/>
+      <c r="F16" s="437"/>
+      <c r="G16" s="151" t="s">
         <v>518</v>
       </c>
-      <c r="F3" s="151" t="s">
+      <c r="H16" s="147"/>
+    </row>
+    <row r="17" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="167" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="436" t="s">
         <v>519</v>
       </c>
-      <c r="G3" s="381"/>
-[...9 lines deleted...]
-      <c r="C4" s="374" t="s">
+      <c r="D17" s="444"/>
+      <c r="E17" s="444"/>
+      <c r="F17" s="437"/>
+      <c r="G17" s="159">
+        <v>40</v>
+      </c>
+      <c r="H17" s="147"/>
+    </row>
+    <row r="18" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="167" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="145" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="434" t="s">
+        <v>665</v>
+      </c>
+      <c r="D18" s="440"/>
+      <c r="E18" s="440"/>
+      <c r="F18" s="435"/>
+      <c r="G18" s="159">
+        <v>40</v>
+      </c>
+      <c r="H18" s="147"/>
+    </row>
+    <row r="19" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="168" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="169" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="452" t="s">
         <v>520</v>
       </c>
-      <c r="D4" s="375"/>
-[...2 lines deleted...]
-      <c r="G4" s="154" t="s">
+      <c r="D19" s="453"/>
+      <c r="E19" s="453"/>
+      <c r="F19" s="454"/>
+      <c r="G19" s="170" t="s">
+        <v>718</v>
+      </c>
+      <c r="H19" s="157"/>
+    </row>
+    <row r="20" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="171"/>
+      <c r="B20" s="162"/>
+      <c r="C20" s="137"/>
+      <c r="D20" s="137"/>
+      <c r="E20" s="137"/>
+      <c r="F20" s="147"/>
+      <c r="G20" s="163"/>
+      <c r="H20" s="147"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="450" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="450"/>
+      <c r="C21" s="137"/>
+      <c r="D21" s="137"/>
+      <c r="E21" s="137"/>
+      <c r="F21" s="136"/>
+      <c r="G21" s="163"/>
+      <c r="H21" s="147"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="439" t="s">
+        <v>2</v>
+      </c>
+      <c r="B22" s="439" t="s">
+        <v>3</v>
+      </c>
+      <c r="C22" s="434" t="s">
+        <v>4</v>
+      </c>
+      <c r="D22" s="440"/>
+      <c r="E22" s="440"/>
+      <c r="F22" s="435"/>
+      <c r="G22" s="442" t="s">
+        <v>5</v>
+      </c>
+      <c r="H22" s="142"/>
+    </row>
+    <row r="23" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="439"/>
+      <c r="B23" s="439"/>
+      <c r="C23" s="143" t="s">
+        <v>506</v>
+      </c>
+      <c r="D23" s="143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E23" s="143" t="s">
+        <v>508</v>
+      </c>
+      <c r="F23" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="G23" s="443"/>
+      <c r="H23" s="142"/>
+    </row>
+    <row r="24" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="158" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" s="145" t="s">
+        <v>34</v>
+      </c>
+      <c r="C24" s="436" t="s">
         <v>521</v>
       </c>
-      <c r="H4" s="155"/>
-[...8 lines deleted...]
-      <c r="C5" s="388" t="s">
+      <c r="D24" s="444"/>
+      <c r="E24" s="444"/>
+      <c r="F24" s="437"/>
+      <c r="G24" s="173" t="s">
+        <v>513</v>
+      </c>
+      <c r="H24" s="142"/>
+    </row>
+    <row r="25" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="175" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="145" t="s">
+        <v>36</v>
+      </c>
+      <c r="C25" s="434" t="s">
+        <v>654</v>
+      </c>
+      <c r="D25" s="440"/>
+      <c r="E25" s="440"/>
+      <c r="F25" s="435"/>
+      <c r="G25" s="109" t="s">
         <v>522</v>
       </c>
-      <c r="D5" s="390"/>
-[...2 lines deleted...]
-      <c r="G5" s="159" t="s">
+      <c r="H25" s="142"/>
+    </row>
+    <row r="26" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="175" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" s="145" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="436" t="s">
         <v>523</v>
       </c>
-      <c r="H5" s="160"/>
-[...26 lines deleted...]
-      <c r="C7" s="374" t="s">
+      <c r="D26" s="444"/>
+      <c r="E26" s="444"/>
+      <c r="F26" s="437"/>
+      <c r="G26" s="151" t="s">
+        <v>513</v>
+      </c>
+      <c r="H26" s="142"/>
+    </row>
+    <row r="27" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="167" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27" s="176" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27" s="447" t="s">
+        <v>525</v>
+      </c>
+      <c r="D27" s="448"/>
+      <c r="E27" s="448"/>
+      <c r="F27" s="449"/>
+      <c r="G27" s="177" t="s">
+        <v>226</v>
+      </c>
+      <c r="H27" s="142"/>
+    </row>
+    <row r="28" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="179" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="180" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" s="460" t="s">
         <v>524</v>
       </c>
-      <c r="D7" s="375"/>
-[...2 lines deleted...]
-      <c r="G7" s="167">
+      <c r="D28" s="461"/>
+      <c r="E28" s="461"/>
+      <c r="F28" s="462"/>
+      <c r="G28" s="181">
         <v>40</v>
       </c>
-      <c r="H7" s="155"/>
-[...26 lines deleted...]
-      <c r="C9" s="377" t="s">
+      <c r="H28" s="455" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="182" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" s="183"/>
+      <c r="C29" s="184"/>
+      <c r="D29" s="184"/>
+      <c r="E29" s="184"/>
+      <c r="F29" s="132"/>
+      <c r="G29" s="185"/>
+      <c r="H29" s="456"/>
+    </row>
+    <row r="30" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="161" t="s">
+        <v>46</v>
+      </c>
+      <c r="B30" s="186" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="457" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="377"/>
-[...28 lines deleted...]
-      <c r="A12" s="379" t="s">
+      <c r="D30" s="458"/>
+      <c r="E30" s="458"/>
+      <c r="F30" s="458"/>
+      <c r="G30" s="458"/>
+      <c r="H30" s="187"/>
+    </row>
+    <row r="31" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="175" t="s">
+        <v>48</v>
+      </c>
+      <c r="B31" s="188" t="s">
+        <v>49</v>
+      </c>
+      <c r="C31" s="459" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" s="459"/>
+      <c r="E31" s="459"/>
+      <c r="F31" s="459"/>
+      <c r="G31" s="459"/>
+      <c r="H31" s="142"/>
+    </row>
+    <row r="32" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="161"/>
+      <c r="B32" s="162"/>
+      <c r="C32" s="137"/>
+      <c r="D32" s="137"/>
+      <c r="E32" s="137"/>
+      <c r="F32" s="147"/>
+      <c r="G32" s="163"/>
+      <c r="H32" s="147"/>
+    </row>
+    <row r="33" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="189" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33" s="162"/>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="136"/>
+      <c r="G33" s="163"/>
+      <c r="H33" s="147"/>
+    </row>
+    <row r="34" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="439" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="379" t="s">
+      <c r="B34" s="439" t="s">
         <v>3</v>
       </c>
-      <c r="C12" s="374" t="s">
+      <c r="C34" s="434" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="375"/>
-[...2 lines deleted...]
-      <c r="G12" s="380" t="s">
+      <c r="D34" s="435"/>
+      <c r="E34" s="463" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="155"/>
-[...7 lines deleted...]
-      <c r="D13" s="151" t="s">
+      <c r="F34" s="362"/>
+      <c r="G34" s="356"/>
+      <c r="H34" s="137"/>
+    </row>
+    <row r="35" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="439"/>
+      <c r="B35" s="439"/>
+      <c r="C35" s="143" t="s">
+        <v>506</v>
+      </c>
+      <c r="D35" s="143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E35" s="463"/>
+      <c r="F35" s="362"/>
+      <c r="G35" s="356"/>
+      <c r="H35" s="137"/>
+    </row>
+    <row r="36" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="167" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" s="354" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" s="434" t="s">
+        <v>659</v>
+      </c>
+      <c r="D36" s="435"/>
+      <c r="E36" s="151" t="s">
+        <v>513</v>
+      </c>
+      <c r="F36" s="356"/>
+      <c r="G36" s="356"/>
+      <c r="H36" s="137"/>
+    </row>
+    <row r="37" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="175" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" s="191" t="s">
+        <v>54</v>
+      </c>
+      <c r="C37" s="434" t="s">
+        <v>527</v>
+      </c>
+      <c r="D37" s="435"/>
+      <c r="E37" s="160" t="s">
+        <v>477</v>
+      </c>
+      <c r="F37" s="357"/>
+      <c r="G37" s="356"/>
+      <c r="H37" s="137"/>
+    </row>
+    <row r="38" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="175" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" s="145" t="s">
+        <v>25</v>
+      </c>
+      <c r="C38" s="436" t="s">
         <v>517</v>
       </c>
-      <c r="E13" s="151" t="s">
-[...15 lines deleted...]
-      <c r="C14" s="393" t="s">
+      <c r="D38" s="437"/>
+      <c r="E38" s="151" t="s">
+        <v>513</v>
+      </c>
+      <c r="F38" s="356"/>
+      <c r="G38" s="356"/>
+      <c r="H38" s="137"/>
+    </row>
+    <row r="39" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="192" t="s">
+        <v>56</v>
+      </c>
+      <c r="B39" s="193" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="467" t="s">
+        <v>661</v>
+      </c>
+      <c r="D39" s="468"/>
+      <c r="E39" s="177" t="s">
+        <v>528</v>
+      </c>
+      <c r="F39" s="357"/>
+      <c r="G39" s="356"/>
+      <c r="H39" s="137"/>
+    </row>
+    <row r="40" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="179" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" s="180" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" s="460" t="s">
+        <v>529</v>
+      </c>
+      <c r="D40" s="462"/>
+      <c r="E40" s="358">
+        <v>40</v>
+      </c>
+      <c r="F40" s="455" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40" s="137"/>
+    </row>
+    <row r="41" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="182" t="s">
+        <v>60</v>
+      </c>
+      <c r="B41" s="198" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="199" t="s">
+        <v>45</v>
+      </c>
+      <c r="D41" s="199" t="s">
+        <v>45</v>
+      </c>
+      <c r="E41" s="359" t="s">
+        <v>45</v>
+      </c>
+      <c r="F41" s="456"/>
+      <c r="H41" s="137"/>
+    </row>
+    <row r="42" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="179" t="s">
+        <v>61</v>
+      </c>
+      <c r="B42" s="180" t="s">
+        <v>62</v>
+      </c>
+      <c r="C42" s="469" t="s">
         <v>18</v>
       </c>
-      <c r="D14" s="393"/>
-[...48 lines deleted...]
-      <c r="C17" s="388" t="s">
+      <c r="D42" s="470"/>
+      <c r="E42" s="471"/>
+      <c r="F42" s="455" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42" s="147"/>
+    </row>
+    <row r="43" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="202" t="s">
+        <v>63</v>
+      </c>
+      <c r="B43" s="203" t="s">
+        <v>45</v>
+      </c>
+      <c r="C43" s="472" t="s">
+        <v>45</v>
+      </c>
+      <c r="D43" s="473"/>
+      <c r="E43" s="474"/>
+      <c r="F43" s="456"/>
+      <c r="H43" s="147"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="179" t="s">
+        <v>64</v>
+      </c>
+      <c r="B44" s="180" t="s">
+        <v>65</v>
+      </c>
+      <c r="C44" s="475" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" s="476"/>
+      <c r="E44" s="477"/>
+      <c r="F44" s="464" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="137"/>
+    </row>
+    <row r="45" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="202" t="s">
+        <v>66</v>
+      </c>
+      <c r="B45" s="145" t="s">
+        <v>67</v>
+      </c>
+      <c r="C45" s="478" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" s="479"/>
+      <c r="E45" s="480"/>
+      <c r="F45" s="465"/>
+      <c r="H45" s="137"/>
+    </row>
+    <row r="46" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="182" t="s">
+        <v>68</v>
+      </c>
+      <c r="B46" s="183" t="s">
         <v>530</v>
       </c>
-      <c r="D17" s="390"/>
-[...212 lines deleted...]
-      <c r="C30" s="400" t="s">
+      <c r="C46" s="481" t="s">
         <v>18</v>
       </c>
-      <c r="D30" s="401"/>
-[...262 lines deleted...]
-      <c r="H46" s="144"/>
+      <c r="D46" s="482"/>
+      <c r="E46" s="483"/>
+      <c r="F46" s="466"/>
+      <c r="H46" s="137"/>
     </row>
   </sheetData>
-  <mergeCells count="53">
+  <mergeCells count="52">
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E34:E35"/>
     <mergeCell ref="F44:F46"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="F40:F41"/>
     <mergeCell ref="F42:F43"/>
     <mergeCell ref="C42:E42"/>
     <mergeCell ref="C43:E43"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C45:E45"/>
     <mergeCell ref="C46:E46"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="C19:F19"/>
     <mergeCell ref="H28:H29"/>
     <mergeCell ref="C30:G30"/>
     <mergeCell ref="C31:G31"/>
-    <mergeCell ref="A34:A35"/>
-[...8 lines deleted...]
-    <mergeCell ref="C19:F19"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="C27:F27"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C22:F22"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="C15:F15"/>
     <mergeCell ref="C16:F16"/>
     <mergeCell ref="C17:F17"/>
     <mergeCell ref="C18:F18"/>
-    <mergeCell ref="G2:G3"/>
-[...4 lines deleted...]
-    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="G22:G23"/>
+    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="C25:F25"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:F2"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="C9:G9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="G12:G13"/>
+    <mergeCell ref="G2:G3"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K79"/>
   <sheetViews>
-    <sheetView topLeftCell="A20" workbookViewId="0">
-      <selection activeCell="J29" sqref="J29"/>
+    <sheetView topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="B58" sqref="B1:B1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.7109375" style="4" customWidth="1"/>
     <col min="2" max="2" width="24.85546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" style="6" customWidth="1"/>
-    <col min="4" max="4" width="13.5703125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="21.28515625" style="5" customWidth="1"/>
     <col min="5" max="5" width="12" style="4" customWidth="1"/>
     <col min="6" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="137" t="s">
+        <v>309</v>
+      </c>
+      <c r="B1" s="268" t="s">
         <v>310</v>
       </c>
-      <c r="B1" s="280" t="s">
+      <c r="C1" s="544"/>
+      <c r="D1" s="544"/>
+      <c r="E1" s="137"/>
+      <c r="F1" s="543"/>
+      <c r="G1" s="543"/>
+    </row>
+    <row r="2" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="137"/>
+      <c r="B2" s="137"/>
+      <c r="C2" s="147"/>
+      <c r="D2" s="163"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="7"/>
+    </row>
+    <row r="3" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="268" t="s">
         <v>311</v>
       </c>
-      <c r="C1" s="474"/>
-[...14 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B3" s="137"/>
+      <c r="C3" s="147"/>
+      <c r="D3" s="136" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="137"/>
+    </row>
+    <row r="4" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E4" s="137"/>
+    </row>
+    <row r="5" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="175" t="s">
         <v>312</v>
       </c>
-      <c r="B3" s="144"/>
-[...1 lines deleted...]
-      <c r="D3" s="143" t="s">
+      <c r="B5" s="75" t="s">
+        <v>313</v>
+      </c>
+      <c r="C5" s="76" t="s">
+        <v>540</v>
+      </c>
+      <c r="D5" s="77" t="s">
+        <v>513</v>
+      </c>
+      <c r="E5" s="137"/>
+    </row>
+    <row r="6" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="143" t="s">
+        <v>314</v>
+      </c>
+      <c r="B6" s="75" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="78" t="s">
+        <v>555</v>
+      </c>
+      <c r="D6" s="79" t="s">
+        <v>709</v>
+      </c>
+      <c r="E6" s="137"/>
+    </row>
+    <row r="7" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="143" t="s">
+        <v>315</v>
+      </c>
+      <c r="B7" s="75" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" s="76" t="s">
+        <v>484</v>
+      </c>
+      <c r="D7" s="269" t="s">
+        <v>710</v>
+      </c>
+      <c r="E7" s="137"/>
+    </row>
+    <row r="8" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="143" t="s">
+        <v>316</v>
+      </c>
+      <c r="B8" s="75" t="s">
+        <v>317</v>
+      </c>
+      <c r="C8" s="80" t="s">
+        <v>575</v>
+      </c>
+      <c r="D8" s="81" t="s">
+        <v>709</v>
+      </c>
+      <c r="E8" s="137"/>
+    </row>
+    <row r="9" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="137"/>
+      <c r="B9" s="137"/>
+      <c r="C9" s="147"/>
+      <c r="D9" s="163"/>
+      <c r="E9" s="137"/>
+    </row>
+    <row r="10" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="268" t="s">
+        <v>318</v>
+      </c>
+      <c r="B10" s="137"/>
+      <c r="C10" s="268"/>
+      <c r="D10" s="136" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="144"/>
-[...2 lines deleted...]
-      <c r="A4" s="196" t="s">
+      <c r="E10" s="137"/>
+    </row>
+    <row r="11" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="196" t="s">
+      <c r="B11" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="146" t="s">
+      <c r="C11" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="217" t="s">
+      <c r="D11" s="209" t="s">
         <v>83</v>
       </c>
-      <c r="E4" s="144"/>
-[...11 lines deleted...]
-      <c r="D5" s="83" t="s">
+      <c r="E11" s="137"/>
+    </row>
+    <row r="12" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="143" t="s">
+        <v>319</v>
+      </c>
+      <c r="B12" s="143" t="s">
+        <v>320</v>
+      </c>
+      <c r="C12" s="109" t="s">
+        <v>576</v>
+      </c>
+      <c r="D12" s="160" t="s">
+        <v>491</v>
+      </c>
+      <c r="E12" s="137"/>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="143" t="s">
+        <v>321</v>
+      </c>
+      <c r="B13" s="143" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" s="109" t="s">
+        <v>502</v>
+      </c>
+      <c r="D13" s="270">
+        <v>40</v>
+      </c>
+      <c r="E13" s="251"/>
+    </row>
+    <row r="14" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="143" t="s">
+        <v>322</v>
+      </c>
+      <c r="B14" s="143" t="s">
+        <v>323</v>
+      </c>
+      <c r="C14" s="109" t="s">
+        <v>555</v>
+      </c>
+      <c r="D14" s="270" t="s">
+        <v>710</v>
+      </c>
+      <c r="E14" s="137"/>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="143" t="s">
+        <v>324</v>
+      </c>
+      <c r="B15" s="143" t="s">
+        <v>705</v>
+      </c>
+      <c r="C15" s="109" t="s">
+        <v>487</v>
+      </c>
+      <c r="D15" s="270" t="s">
+        <v>491</v>
+      </c>
+      <c r="E15" s="251"/>
+    </row>
+    <row r="16" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="143" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="143" t="s">
+        <v>325</v>
+      </c>
+      <c r="C16" s="109" t="s">
+        <v>577</v>
+      </c>
+      <c r="D16" s="160" t="s">
+        <v>226</v>
+      </c>
+      <c r="E16" s="137"/>
+    </row>
+    <row r="17" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="137"/>
+      <c r="B17" s="137"/>
+      <c r="C17" s="147"/>
+      <c r="D17" s="163"/>
+      <c r="E17" s="137"/>
+    </row>
+    <row r="18" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="268" t="s">
+        <v>326</v>
+      </c>
+      <c r="B18" s="137"/>
+      <c r="C18" s="147"/>
+      <c r="D18" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E18" s="137"/>
+    </row>
+    <row r="19" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B19" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D19" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="137"/>
+    </row>
+    <row r="20" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="192" t="s">
+        <v>312</v>
+      </c>
+      <c r="B20" s="143" t="s">
+        <v>327</v>
+      </c>
+      <c r="C20" s="108" t="s">
+        <v>540</v>
+      </c>
+      <c r="D20" s="151" t="s">
+        <v>513</v>
+      </c>
+      <c r="E20" s="137"/>
+    </row>
+    <row r="21" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="158" t="s">
+        <v>328</v>
+      </c>
+      <c r="B21" s="143" t="s">
+        <v>329</v>
+      </c>
+      <c r="C21" s="109" t="s">
+        <v>578</v>
+      </c>
+      <c r="D21" s="270" t="s">
+        <v>473</v>
+      </c>
+      <c r="E21" s="137"/>
+    </row>
+    <row r="22" spans="1:11" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="271" t="s">
+        <v>330</v>
+      </c>
+      <c r="B22" s="271" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" s="228" t="s">
+        <v>579</v>
+      </c>
+      <c r="D22" s="272" t="s">
+        <v>473</v>
+      </c>
+      <c r="E22" s="137"/>
+    </row>
+    <row r="23" spans="1:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="179" t="s">
+        <v>331</v>
+      </c>
+      <c r="B23" s="222" t="s">
+        <v>332</v>
+      </c>
+      <c r="C23" s="131" t="s">
+        <v>580</v>
+      </c>
+      <c r="D23" s="273" t="s">
+        <v>581</v>
+      </c>
+      <c r="E23" s="534" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="182" t="s">
+        <v>333</v>
+      </c>
+      <c r="B24" s="274" t="s">
+        <v>45</v>
+      </c>
+      <c r="C24" s="132"/>
+      <c r="D24" s="185"/>
+      <c r="E24" s="535"/>
+    </row>
+    <row r="25" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="161"/>
+      <c r="B25" s="137"/>
+      <c r="C25" s="147"/>
+      <c r="D25" s="163"/>
+      <c r="E25" s="147"/>
+      <c r="I25" s="10"/>
+      <c r="J25" s="82"/>
+      <c r="K25" s="83"/>
+    </row>
+    <row r="26" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="268" t="s">
+        <v>334</v>
+      </c>
+      <c r="B26" s="137"/>
+      <c r="C26" s="268"/>
+      <c r="D26" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="147"/>
+      <c r="I26" s="10"/>
+      <c r="J26" s="82"/>
+      <c r="K26" s="83"/>
+    </row>
+    <row r="27" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B27" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D27" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" s="147"/>
+      <c r="I27" s="10"/>
+      <c r="J27" s="82"/>
+      <c r="K27" s="83"/>
+    </row>
+    <row r="28" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="192" t="s">
+        <v>335</v>
+      </c>
+      <c r="B28" s="275" t="s">
+        <v>336</v>
+      </c>
+      <c r="C28" s="276" t="s">
+        <v>582</v>
+      </c>
+      <c r="D28" s="277" t="s">
+        <v>709</v>
+      </c>
+      <c r="E28" s="137"/>
+    </row>
+    <row r="29" spans="1:11" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="143" t="s">
+        <v>324</v>
+      </c>
+      <c r="B29" s="143" t="s">
+        <v>705</v>
+      </c>
+      <c r="C29" s="278" t="s">
+        <v>487</v>
+      </c>
+      <c r="D29" s="277" t="s">
+        <v>491</v>
+      </c>
+      <c r="E29" s="251"/>
+    </row>
+    <row r="30" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="220" t="s">
+        <v>337</v>
+      </c>
+      <c r="B30" s="275" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" s="278" t="s">
+        <v>583</v>
+      </c>
+      <c r="D30" s="279" t="s">
+        <v>718</v>
+      </c>
+      <c r="E30" s="137"/>
+    </row>
+    <row r="31" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="175" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" s="275" t="s">
+        <v>338</v>
+      </c>
+      <c r="C31" s="278" t="s">
+        <v>584</v>
+      </c>
+      <c r="D31" s="277" t="s">
+        <v>585</v>
+      </c>
+      <c r="E31" s="137"/>
+    </row>
+    <row r="32" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="143" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="275" t="s">
+        <v>339</v>
+      </c>
+      <c r="C32" s="276" t="s">
+        <v>577</v>
+      </c>
+      <c r="D32" s="277" t="s">
+        <v>226</v>
+      </c>
+      <c r="E32" s="137"/>
+    </row>
+    <row r="33" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="137"/>
+      <c r="B33" s="137"/>
+      <c r="C33" s="147"/>
+      <c r="D33" s="163"/>
+      <c r="E33" s="137"/>
+    </row>
+    <row r="34" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="268" t="s">
+        <v>340</v>
+      </c>
+      <c r="B34" s="137"/>
+      <c r="C34" s="280"/>
+      <c r="D34" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E34" s="137"/>
+    </row>
+    <row r="35" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" s="237" t="s">
+        <v>4</v>
+      </c>
+      <c r="D35" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="E35" s="137"/>
+    </row>
+    <row r="36" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="158" t="s">
+        <v>341</v>
+      </c>
+      <c r="B36" s="143" t="s">
+        <v>342</v>
+      </c>
+      <c r="C36" s="281" t="s">
+        <v>586</v>
+      </c>
+      <c r="D36" s="151" t="s">
+        <v>587</v>
+      </c>
+      <c r="E36" s="137"/>
+    </row>
+    <row r="37" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="166" t="s">
+        <v>343</v>
+      </c>
+      <c r="B37" s="220" t="s">
+        <v>344</v>
+      </c>
+      <c r="C37" s="282" t="s">
+        <v>588</v>
+      </c>
+      <c r="D37" s="195" t="s">
+        <v>708</v>
+      </c>
+      <c r="E37" s="137"/>
+    </row>
+    <row r="38" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="283" t="s">
+        <v>345</v>
+      </c>
+      <c r="B38" s="222" t="s">
+        <v>346</v>
+      </c>
+      <c r="C38" s="284" t="s">
+        <v>589</v>
+      </c>
+      <c r="D38" s="196" t="s">
+        <v>706</v>
+      </c>
+      <c r="E38" s="534" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="285" t="s">
+        <v>347</v>
+      </c>
+      <c r="B39" s="274" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="132"/>
+      <c r="D39" s="185"/>
+      <c r="E39" s="535"/>
+    </row>
+    <row r="40" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="286" t="s">
+        <v>348</v>
+      </c>
+      <c r="B40" s="232" t="s">
+        <v>349</v>
+      </c>
+      <c r="C40" s="287" t="s">
+        <v>590</v>
+      </c>
+      <c r="D40" s="233" t="s">
         <v>591</v>
       </c>
-      <c r="E5" s="144"/>
-[...11 lines deleted...]
-      <c r="D6" s="85" t="s">
+      <c r="E40" s="137"/>
+    </row>
+    <row r="41" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="245"/>
+      <c r="B41" s="137"/>
+      <c r="C41" s="147"/>
+      <c r="D41" s="163"/>
+      <c r="E41" s="137"/>
+    </row>
+    <row r="42" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="268" t="s">
+        <v>350</v>
+      </c>
+      <c r="B42" s="137"/>
+      <c r="C42" s="280"/>
+      <c r="D42" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E42" s="137"/>
+    </row>
+    <row r="43" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B43" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C43" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D43" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E43" s="137"/>
+    </row>
+    <row r="44" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="158" t="s">
+        <v>351</v>
+      </c>
+      <c r="B44" s="288" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" s="289" t="s">
         <v>592</v>
       </c>
-      <c r="E6" s="144"/>
-[...2 lines deleted...]
-      <c r="A7" s="151" t="s">
+      <c r="D44" s="290" t="s">
+        <v>593</v>
+      </c>
+      <c r="E44" s="137"/>
+    </row>
+    <row r="45" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="166" t="s">
+        <v>352</v>
+      </c>
+      <c r="B45" s="291" t="s">
+        <v>353</v>
+      </c>
+      <c r="C45" s="289" t="s">
+        <v>594</v>
+      </c>
+      <c r="D45" s="290" t="s">
+        <v>473</v>
+      </c>
+      <c r="E45" s="137"/>
+    </row>
+    <row r="46" spans="1:5" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="421" t="s">
+        <v>328</v>
+      </c>
+      <c r="B46" s="422" t="s">
+        <v>354</v>
+      </c>
+      <c r="C46" s="423" t="s">
+        <v>595</v>
+      </c>
+      <c r="D46" s="424" t="s">
+        <v>473</v>
+      </c>
+      <c r="E46" s="292" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="232" t="s">
+        <v>68</v>
+      </c>
+      <c r="B47" s="293" t="s">
+        <v>339</v>
+      </c>
+      <c r="C47" s="294" t="s">
+        <v>577</v>
+      </c>
+      <c r="D47" s="295" t="s">
+        <v>226</v>
+      </c>
+      <c r="E47" s="137"/>
+    </row>
+    <row r="48" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="143" t="s">
+        <v>60</v>
+      </c>
+      <c r="B48" s="296" t="s">
+        <v>355</v>
+      </c>
+      <c r="C48" s="297" t="s">
+        <v>484</v>
+      </c>
+      <c r="D48" s="270" t="s">
+        <v>596</v>
+      </c>
+      <c r="E48" s="137"/>
+    </row>
+    <row r="49" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="137"/>
+      <c r="B49" s="137"/>
+      <c r="C49" s="147"/>
+      <c r="D49" s="163"/>
+      <c r="E49" s="137"/>
+    </row>
+    <row r="50" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="516" t="s">
+        <v>356</v>
+      </c>
+      <c r="B50" s="516"/>
+      <c r="C50" s="280"/>
+      <c r="D50" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E50" s="137"/>
+    </row>
+    <row r="51" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B51" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C51" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D51" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E51" s="137"/>
+    </row>
+    <row r="52" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="158" t="s">
+        <v>357</v>
+      </c>
+      <c r="B52" s="298" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="76" t="s">
+        <v>540</v>
+      </c>
+      <c r="D52" s="77" t="s">
+        <v>513</v>
+      </c>
+      <c r="E52" s="137"/>
+    </row>
+    <row r="53" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="158" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" s="298" t="s">
+        <v>78</v>
+      </c>
+      <c r="C53" s="76" t="s">
+        <v>578</v>
+      </c>
+      <c r="D53" s="85" t="s">
+        <v>473</v>
+      </c>
+      <c r="E53" s="137"/>
+    </row>
+    <row r="54" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="166" t="s">
+        <v>330</v>
+      </c>
+      <c r="B54" s="298" t="s">
+        <v>80</v>
+      </c>
+      <c r="C54" s="76" t="s">
+        <v>579</v>
+      </c>
+      <c r="D54" s="85" t="s">
+        <v>473</v>
+      </c>
+      <c r="E54" s="137"/>
+    </row>
+    <row r="55" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="175" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" s="86" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" s="76" t="s">
+        <v>597</v>
+      </c>
+      <c r="D55" s="269" t="s">
+        <v>707</v>
+      </c>
+      <c r="E55" s="137"/>
+    </row>
+    <row r="56" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="137"/>
+      <c r="B56" s="137"/>
+      <c r="C56" s="147"/>
+      <c r="D56" s="163"/>
+      <c r="E56" s="137"/>
+    </row>
+    <row r="57" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="516" t="s">
+        <v>361</v>
+      </c>
+      <c r="B57" s="516"/>
+      <c r="C57" s="280"/>
+      <c r="D57" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E57" s="137"/>
+    </row>
+    <row r="58" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B58" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C58" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D58" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E58" s="137"/>
+    </row>
+    <row r="59" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="158" t="s">
+        <v>362</v>
+      </c>
+      <c r="B59" s="299" t="s">
+        <v>363</v>
+      </c>
+      <c r="C59" s="108" t="s">
+        <v>598</v>
+      </c>
+      <c r="D59" s="151" t="s">
+        <v>599</v>
+      </c>
+      <c r="E59" s="137"/>
+    </row>
+    <row r="60" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="158" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" s="299" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" s="108" t="s">
+        <v>597</v>
+      </c>
+      <c r="D60" s="151" t="s">
+        <v>251</v>
+      </c>
+      <c r="E60" s="137"/>
+    </row>
+    <row r="61" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="143" t="s">
+        <v>322</v>
+      </c>
+      <c r="B61" s="299" t="s">
+        <v>366</v>
+      </c>
+      <c r="C61" s="108" t="s">
+        <v>600</v>
+      </c>
+      <c r="D61" s="151" t="s">
+        <v>251</v>
+      </c>
+      <c r="E61" s="137"/>
+    </row>
+    <row r="62" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="143" t="s">
         <v>316</v>
       </c>
-      <c r="B7" s="81" t="s">
-[...38 lines deleted...]
-      <c r="D10" s="143" t="s">
+      <c r="B62" s="249" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="108" t="s">
+        <v>555</v>
+      </c>
+      <c r="D62" s="151" t="s">
+        <v>706</v>
+      </c>
+      <c r="E62" s="137"/>
+    </row>
+    <row r="63" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="143" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63" s="299" t="s">
+        <v>339</v>
+      </c>
+      <c r="C63" s="108" t="s">
+        <v>577</v>
+      </c>
+      <c r="D63" s="151" t="s">
+        <v>226</v>
+      </c>
+      <c r="E63" s="137"/>
+    </row>
+    <row r="64" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="137"/>
+      <c r="B64" s="137"/>
+      <c r="C64" s="147"/>
+      <c r="D64" s="163"/>
+      <c r="E64" s="137"/>
+    </row>
+    <row r="65" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="516" t="s">
+        <v>367</v>
+      </c>
+      <c r="B65" s="516"/>
+      <c r="C65" s="280"/>
+      <c r="D65" s="268" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="144"/>
-[...2 lines deleted...]
-      <c r="A11" s="196" t="s">
+      <c r="E65" s="137"/>
+    </row>
+    <row r="66" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="196" t="s">
+      <c r="B66" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="146" t="s">
+      <c r="C66" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="217" t="s">
+      <c r="D66" s="209" t="s">
         <v>83</v>
       </c>
-      <c r="E11" s="144"/>
-[...26 lines deleted...]
-      <c r="D13" s="282">
+      <c r="E66" s="137"/>
+    </row>
+    <row r="67" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="158" t="s">
+        <v>368</v>
+      </c>
+      <c r="B67" s="158" t="s">
+        <v>369</v>
+      </c>
+      <c r="C67" s="300" t="s">
+        <v>601</v>
+      </c>
+      <c r="D67" s="301" t="s">
+        <v>251</v>
+      </c>
+      <c r="E67" s="137"/>
+    </row>
+    <row r="68" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="158" t="s">
+        <v>337</v>
+      </c>
+      <c r="B68" s="143" t="s">
+        <v>370</v>
+      </c>
+      <c r="C68" s="300" t="s">
+        <v>484</v>
+      </c>
+      <c r="D68" s="302">
+        <v>356</v>
+      </c>
+      <c r="E68" s="137"/>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="166" t="s">
+        <v>371</v>
+      </c>
+      <c r="B69" s="166" t="s">
+        <v>372</v>
+      </c>
+      <c r="C69" s="300" t="s">
+        <v>502</v>
+      </c>
+      <c r="D69" s="302">
+        <v>356</v>
+      </c>
+      <c r="E69" s="137"/>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="175" t="s">
+        <v>373</v>
+      </c>
+      <c r="B70" s="158" t="s">
+        <v>374</v>
+      </c>
+      <c r="C70" s="300" t="s">
+        <v>487</v>
+      </c>
+      <c r="D70" s="301" t="s">
+        <v>251</v>
+      </c>
+      <c r="E70" s="137"/>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="137"/>
+      <c r="B71" s="137"/>
+      <c r="C71" s="147"/>
+      <c r="D71" s="163"/>
+      <c r="E71" s="137"/>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="516" t="s">
+        <v>375</v>
+      </c>
+      <c r="B72" s="516"/>
+      <c r="C72" s="280"/>
+      <c r="D72" s="268" t="s">
+        <v>1</v>
+      </c>
+      <c r="E72" s="137"/>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B73" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C73" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D73" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E73" s="137"/>
+    </row>
+    <row r="74" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="158" t="s">
+        <v>376</v>
+      </c>
+      <c r="B74" s="143" t="s">
+        <v>57</v>
+      </c>
+      <c r="C74" s="108" t="s">
+        <v>580</v>
+      </c>
+      <c r="D74" s="303">
+        <v>356</v>
+      </c>
+      <c r="E74" s="137"/>
+    </row>
+    <row r="75" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="158" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" s="143" t="s">
         <v>40</v>
       </c>
-      <c r="E13" s="262"/>
-[...32 lines deleted...]
-      <c r="A16" s="151" t="s">
+      <c r="C75" s="109" t="s">
+        <v>602</v>
+      </c>
+      <c r="D75" s="160" t="s">
+        <v>718</v>
+      </c>
+      <c r="E75" s="137"/>
+    </row>
+    <row r="76" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="166" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76" s="220" t="s">
+        <v>379</v>
+      </c>
+      <c r="C76" s="109" t="s">
+        <v>603</v>
+      </c>
+      <c r="D76" s="160" t="s">
+        <v>723</v>
+      </c>
+      <c r="E76" s="137"/>
+    </row>
+    <row r="77" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="283" t="s">
+        <v>380</v>
+      </c>
+      <c r="B77" s="222" t="s">
+        <v>144</v>
+      </c>
+      <c r="C77" s="131" t="s">
+        <v>597</v>
+      </c>
+      <c r="D77" s="196" t="s">
+        <v>710</v>
+      </c>
+      <c r="E77" s="304" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="285" t="s">
+        <v>381</v>
+      </c>
+      <c r="B78" s="274" t="s">
+        <v>45</v>
+      </c>
+      <c r="C78" s="199" t="s">
+        <v>45</v>
+      </c>
+      <c r="D78" s="200" t="s">
+        <v>45</v>
+      </c>
+      <c r="E78" s="305"/>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="143" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="151" t="s">
-[...53 lines deleted...]
-      <c r="D20" s="159" t="s">
+      <c r="B79" s="143" t="s">
+        <v>170</v>
+      </c>
+      <c r="C79" s="109" t="s">
+        <v>604</v>
+      </c>
+      <c r="D79" s="160" t="s">
         <v>591</v>
       </c>
-      <c r="E20" s="144"/>
-[...809 lines deleted...]
-      <c r="E79" s="144"/>
+      <c r="E79" s="137"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="A57:B57"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E38:E39"/>
     <mergeCell ref="E23:E24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="77" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G152"/>
+  <dimension ref="A1:G153"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A99" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K113" sqref="K113"/>
+    <sheetView topLeftCell="A88" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B90" sqref="B90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="54.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="6" customWidth="1"/>
-    <col min="4" max="4" width="16.5703125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="5" customWidth="1"/>
     <col min="5" max="5" width="12" style="4" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="6"/>
     <col min="7" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="41"/>
       <c r="E1" s="50"/>
-      <c r="F1" s="473"/>
-      <c r="G1" s="473"/>
+      <c r="F1" s="543"/>
+      <c r="G1" s="543"/>
     </row>
     <row r="2" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C2" s="4"/>
       <c r="D2" s="41"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
     </row>
     <row r="3" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="93" t="s">
-        <v>384</v>
+      <c r="A3" s="87" t="s">
+        <v>383</v>
       </c>
       <c r="D3" s="50" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="7"/>
     </row>
     <row r="4" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="78" t="s">
+      <c r="A4" s="72" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="E4" s="94"/>
+      <c r="E4" s="88"/>
     </row>
     <row r="5" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="27" t="s">
-        <v>385</v>
-[...10 lines deleted...]
-      <c r="E5" s="435" t="s">
+        <v>384</v>
+      </c>
+      <c r="B5" s="222" t="s">
+        <v>557</v>
+      </c>
+      <c r="C5" s="131" t="s">
+        <v>554</v>
+      </c>
+      <c r="D5" s="231" t="s">
+        <v>534</v>
+      </c>
+      <c r="E5" s="552" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="37" t="s">
+        <v>385</v>
+      </c>
+      <c r="B6" s="143" t="s">
         <v>386</v>
       </c>
-      <c r="B6" s="151" t="s">
-[...8 lines deleted...]
-      <c r="E6" s="482"/>
+      <c r="C6" s="109" t="s">
+        <v>555</v>
+      </c>
+      <c r="D6" s="160" t="s">
+        <v>491</v>
+      </c>
+      <c r="E6" s="553"/>
     </row>
     <row r="7" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="29" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="B7" s="207" t="s">
+        <v>387</v>
+      </c>
+      <c r="B7" s="199" t="s">
         <v>45</v>
       </c>
-      <c r="C7" s="207" t="s">
+      <c r="C7" s="199" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="207" t="s">
+      <c r="D7" s="199" t="s">
         <v>45</v>
       </c>
-      <c r="E7" s="436"/>
+      <c r="E7" s="554"/>
     </row>
     <row r="8" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="45" t="s">
         <v>63</v>
       </c>
-      <c r="B8" s="240" t="s">
-[...6 lines deleted...]
-        <v>546</v>
+      <c r="B8" s="232" t="s">
+        <v>388</v>
+      </c>
+      <c r="C8" s="174" t="s">
+        <v>498</v>
+      </c>
+      <c r="D8" s="233" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="25" t="s">
-        <v>228</v>
-[...8 lines deleted...]
-        <v>523</v>
+        <v>227</v>
+      </c>
+      <c r="B9" s="143" t="s">
+        <v>389</v>
+      </c>
+      <c r="C9" s="141" t="s">
+        <v>499</v>
+      </c>
+      <c r="D9" s="160" t="s">
+        <v>513</v>
       </c>
       <c r="E9" s="6"/>
     </row>
     <row r="10" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="25" t="s">
-        <v>391</v>
-[...8 lines deleted...]
-        <v>510</v>
+        <v>390</v>
+      </c>
+      <c r="B10" s="143" t="s">
+        <v>190</v>
+      </c>
+      <c r="C10" s="109" t="s">
+        <v>556</v>
+      </c>
+      <c r="D10" s="234" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="12" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="95" t="s">
-        <v>392</v>
+      <c r="A12" s="89" t="s">
+        <v>391</v>
       </c>
       <c r="D12" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="36" t="s">
         <v>2</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C13" s="12" t="s">
+      <c r="C13" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="96" t="s">
+      <c r="D13" s="429" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="25" t="s">
-        <v>393</v>
-[...8 lines deleted...]
-        <v>506</v>
+        <v>392</v>
+      </c>
+      <c r="B14" s="143" t="s">
+        <v>305</v>
+      </c>
+      <c r="C14" s="124" t="s">
+        <v>487</v>
+      </c>
+      <c r="D14" s="160" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
-        <v>394</v>
-[...8 lines deleted...]
-        <v>252</v>
+        <v>393</v>
+      </c>
+      <c r="B15" s="143" t="s">
+        <v>558</v>
+      </c>
+      <c r="C15" s="124" t="s">
+        <v>502</v>
+      </c>
+      <c r="D15" s="234" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
+        <v>394</v>
+      </c>
+      <c r="B16" s="232" t="s">
         <v>395</v>
       </c>
-      <c r="B16" s="240" t="s">
-[...6 lines deleted...]
-        <v>227</v>
+      <c r="C16" s="124" t="s">
+        <v>498</v>
+      </c>
+      <c r="D16" s="234" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="25" t="s">
         <v>68</v>
       </c>
       <c r="B17" s="39" t="s">
         <v>69</v>
       </c>
-      <c r="C17" s="475" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="476"/>
+      <c r="C17" s="555" t="s">
+        <v>396</v>
+      </c>
+      <c r="D17" s="555"/>
     </row>
     <row r="18" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="19" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D19" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="342" t="s">
+      <c r="A20" s="327" t="s">
         <v>2</v>
       </c>
-      <c r="B20" s="258" t="s">
+      <c r="B20" s="247" t="s">
         <v>3</v>
       </c>
-      <c r="C20" s="146" t="s">
+      <c r="C20" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D20" s="148" t="s">
+      <c r="D20" s="140" t="s">
         <v>83</v>
       </c>
-      <c r="E20" s="97"/>
+      <c r="E20" s="90"/>
       <c r="F20" s="4"/>
     </row>
     <row r="21" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="183" t="s">
+      <c r="A21" s="175" t="s">
+        <v>398</v>
+      </c>
+      <c r="B21" s="143" t="s">
+        <v>199</v>
+      </c>
+      <c r="C21" s="109" t="s">
+        <v>554</v>
+      </c>
+      <c r="D21" s="248" t="s">
+        <v>226</v>
+      </c>
+      <c r="E21" s="90"/>
+      <c r="F21" s="4"/>
+    </row>
+    <row r="22" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="227" t="s">
         <v>399</v>
       </c>
-      <c r="B21" s="151" t="s">
-[...12 lines deleted...]
-      <c r="A22" s="235" t="s">
+      <c r="B22" s="143" t="s">
+        <v>388</v>
+      </c>
+      <c r="C22" s="109" t="s">
+        <v>622</v>
+      </c>
+      <c r="D22" s="248">
+        <v>40</v>
+      </c>
+      <c r="E22" s="90"/>
+      <c r="F22" s="4"/>
+    </row>
+    <row r="23" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="175" t="s">
         <v>400</v>
       </c>
-      <c r="B22" s="151" t="s">
+      <c r="B23" s="143" t="s">
         <v>389</v>
       </c>
-      <c r="C22" s="116" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="259">
+      <c r="C23" s="109" t="s">
+        <v>623</v>
+      </c>
+      <c r="D23" s="160" t="s">
+        <v>718</v>
+      </c>
+      <c r="E23" s="90"/>
+      <c r="F23" s="4"/>
+    </row>
+    <row r="24" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="175" t="s">
+        <v>401</v>
+      </c>
+      <c r="B24" s="232" t="s">
+        <v>302</v>
+      </c>
+      <c r="C24" s="174" t="s">
+        <v>624</v>
+      </c>
+      <c r="D24" s="248">
         <v>40</v>
       </c>
-      <c r="E22" s="97"/>
-[...19 lines deleted...]
-      <c r="A24" s="183" t="s">
+      <c r="F24" s="4"/>
+    </row>
+    <row r="25" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="175" t="s">
         <v>402</v>
       </c>
-      <c r="B24" s="240" t="s">
-[...20 lines deleted...]
-      <c r="D25" s="477"/>
+      <c r="B25" s="143" t="s">
+        <v>625</v>
+      </c>
+      <c r="C25" s="545" t="s">
+        <v>396</v>
+      </c>
+      <c r="D25" s="545"/>
       <c r="F25" s="4"/>
     </row>
     <row r="26" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="50"/>
       <c r="C26" s="41"/>
-      <c r="D26" s="98"/>
+      <c r="D26" s="91"/>
     </row>
     <row r="27" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="95" t="s">
-        <v>404</v>
+      <c r="A27" s="89" t="s">
+        <v>403</v>
       </c>
       <c r="D27" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="322" t="s">
+      <c r="A28" s="307" t="s">
         <v>2</v>
       </c>
-      <c r="B28" s="258" t="s">
+      <c r="B28" s="247" t="s">
         <v>3</v>
       </c>
-      <c r="C28" s="146" t="s">
+      <c r="C28" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D28" s="217" t="s">
+      <c r="D28" s="209" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="6"/>
       <c r="F28" s="4"/>
     </row>
     <row r="29" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="183" t="s">
-[...9 lines deleted...]
-        <v>574</v>
+      <c r="A29" s="175" t="s">
+        <v>404</v>
+      </c>
+      <c r="B29" s="143" t="s">
+        <v>305</v>
+      </c>
+      <c r="C29" s="109" t="s">
+        <v>487</v>
+      </c>
+      <c r="D29" s="160" t="s">
+        <v>559</v>
       </c>
       <c r="E29" s="6"/>
       <c r="F29" s="4"/>
     </row>
     <row r="30" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="151" t="s">
-[...9 lines deleted...]
-        <v>500</v>
+      <c r="A30" s="143" t="s">
+        <v>405</v>
+      </c>
+      <c r="B30" s="143" t="s">
+        <v>626</v>
+      </c>
+      <c r="C30" s="109" t="s">
+        <v>536</v>
+      </c>
+      <c r="D30" s="328" t="s">
+        <v>718</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="4"/>
     </row>
     <row r="31" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="151" t="s">
+      <c r="A31" s="143" t="s">
+        <v>406</v>
+      </c>
+      <c r="B31" s="143" t="s">
         <v>407</v>
       </c>
-      <c r="B31" s="151" t="s">
-[...6 lines deleted...]
-        <v>476</v>
+      <c r="C31" s="141" t="s">
+        <v>502</v>
+      </c>
+      <c r="D31" s="177" t="s">
+        <v>473</v>
       </c>
       <c r="E31" s="6"/>
       <c r="F31" s="4"/>
     </row>
     <row r="32" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="151" t="s">
-[...9 lines deleted...]
-        <v>497</v>
+      <c r="A32" s="143" t="s">
+        <v>408</v>
+      </c>
+      <c r="B32" s="143" t="s">
+        <v>386</v>
+      </c>
+      <c r="C32" s="141" t="s">
+        <v>627</v>
+      </c>
+      <c r="D32" s="177" t="s">
+        <v>491</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="4"/>
     </row>
     <row r="33" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="151" t="s">
+      <c r="A33" s="143" t="s">
+        <v>409</v>
+      </c>
+      <c r="B33" s="143" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="477" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="477"/>
+      <c r="C33" s="545" t="s">
+        <v>396</v>
+      </c>
+      <c r="D33" s="545"/>
       <c r="E33" s="6"/>
       <c r="F33" s="4"/>
     </row>
     <row r="34" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="50"/>
       <c r="C34" s="41"/>
-      <c r="D34" s="98"/>
+      <c r="D34" s="91"/>
     </row>
     <row r="35" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="93" t="s">
-        <v>411</v>
+      <c r="A35" s="87" t="s">
+        <v>410</v>
       </c>
       <c r="D35" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="36" t="s">
         <v>2</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
+        <v>384</v>
+      </c>
+      <c r="B37" s="222" t="s">
+        <v>557</v>
+      </c>
+      <c r="C37" s="131" t="s">
+        <v>554</v>
+      </c>
+      <c r="D37" s="235" t="s">
+        <v>534</v>
+      </c>
+      <c r="E37" s="552" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="37" t="s">
         <v>385</v>
       </c>
-      <c r="B37" s="230" t="s">
-[...39 lines deleted...]
-      </c>
+      <c r="B38" s="220" t="s">
+        <v>411</v>
+      </c>
+      <c r="C38" s="109" t="s">
+        <v>555</v>
+      </c>
+      <c r="D38" s="426" t="s">
+        <v>491</v>
+      </c>
+      <c r="E38" s="553"/>
+    </row>
+    <row r="39" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="425" t="s">
+        <v>387</v>
+      </c>
+      <c r="B39" s="274" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="428" t="s">
+        <v>45</v>
+      </c>
+      <c r="D39" s="427" t="s">
+        <v>45</v>
+      </c>
+      <c r="E39" s="554"/>
     </row>
     <row r="40" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="55" t="s">
-        <v>228</v>
-[...8 lines deleted...]
-        <v>523</v>
+        <v>63</v>
+      </c>
+      <c r="B40" s="236" t="s">
+        <v>711</v>
+      </c>
+      <c r="C40" s="174" t="s">
+        <v>498</v>
+      </c>
+      <c r="D40" s="233" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="25" t="s">
-[...17 lines deleted...]
-      <c r="D43" s="50" t="s">
+      <c r="A41" s="55" t="s">
+        <v>227</v>
+      </c>
+      <c r="B41" s="232" t="s">
+        <v>412</v>
+      </c>
+      <c r="C41" s="141" t="s">
+        <v>499</v>
+      </c>
+      <c r="D41" s="160" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="25" t="s">
+        <v>390</v>
+      </c>
+      <c r="B42" s="143" t="s">
+        <v>190</v>
+      </c>
+      <c r="C42" s="109" t="s">
+        <v>556</v>
+      </c>
+      <c r="D42" s="160" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="89" t="s">
+        <v>413</v>
+      </c>
+      <c r="D44" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="36" t="s">
+    <row r="45" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B44" s="11" t="s">
+      <c r="B45" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C44" s="12" t="s">
+      <c r="C45" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D44" s="13" t="s">
+      <c r="D45" s="13" t="s">
         <v>83</v>
-      </c>
-[...12 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="46" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="25" t="s">
-        <v>417</v>
-[...8 lines deleted...]
-        <v>356</v>
+        <v>392</v>
+      </c>
+      <c r="B46" s="237" t="s">
+        <v>414</v>
+      </c>
+      <c r="C46" s="238" t="s">
+        <v>487</v>
+      </c>
+      <c r="D46" s="239" t="s">
+        <v>559</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="25" t="s">
-        <v>419</v>
-[...7 lines deleted...]
-      <c r="D47" s="252">
+        <v>415</v>
+      </c>
+      <c r="B47" s="237" t="s">
+        <v>416</v>
+      </c>
+      <c r="C47" s="240" t="s">
+        <v>555</v>
+      </c>
+      <c r="D47" s="241">
         <v>356</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="25" t="s">
+        <v>417</v>
+      </c>
+      <c r="B48" s="242" t="s">
+        <v>416</v>
+      </c>
+      <c r="C48" s="240" t="s">
+        <v>498</v>
+      </c>
+      <c r="D48" s="241">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="B48" s="33" t="s">
+      <c r="B49" s="33" t="s">
+        <v>418</v>
+      </c>
+      <c r="C49" s="558" t="s">
+        <v>396</v>
+      </c>
+      <c r="D49" s="558"/>
+    </row>
+    <row r="50" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="89" t="s">
+        <v>419</v>
+      </c>
+      <c r="D51" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="D52" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="25" t="s">
+        <v>392</v>
+      </c>
+      <c r="B53" s="33" t="s">
+        <v>414</v>
+      </c>
+      <c r="C53" s="119" t="s">
+        <v>487</v>
+      </c>
+      <c r="D53" s="120" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="B54" s="93" t="s">
+        <v>388</v>
+      </c>
+      <c r="C54" s="121" t="s">
+        <v>498</v>
+      </c>
+      <c r="D54" s="122" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" s="33" t="s">
+        <v>412</v>
+      </c>
+      <c r="C55" s="123" t="s">
+        <v>499</v>
+      </c>
+      <c r="D55" s="122" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="25" t="s">
         <v>420</v>
       </c>
-      <c r="C48" s="486" t="s">
-[...6 lines deleted...]
-      <c r="A50" s="95" t="s">
+      <c r="B56" s="33" t="s">
         <v>421</v>
       </c>
-      <c r="D50" s="50" t="s">
+      <c r="C56" s="119" t="s">
+        <v>483</v>
+      </c>
+      <c r="D56" s="92" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="89" t="s">
+        <v>422</v>
+      </c>
+      <c r="D58" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="36" t="s">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B51" s="11" t="s">
+      <c r="B59" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C51" s="12" t="s">
+      <c r="C59" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D51" s="13" t="s">
+      <c r="D59" s="13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="52" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="A53" s="25" t="s">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="25" t="s">
+        <v>423</v>
+      </c>
+      <c r="B60" s="33" t="s">
+        <v>424</v>
+      </c>
+      <c r="C60" s="124" t="s">
+        <v>484</v>
+      </c>
+      <c r="D60" s="73">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="25" t="s">
+        <v>425</v>
+      </c>
+      <c r="B61" s="33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C61" s="124" t="s">
+        <v>500</v>
+      </c>
+      <c r="D61" s="125" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="25" t="s">
+        <v>426</v>
+      </c>
+      <c r="B62" s="33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C62" s="126" t="s">
+        <v>502</v>
+      </c>
+      <c r="D62" s="127" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" s="25" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="C63" s="558" t="s">
+        <v>396</v>
+      </c>
+      <c r="D63" s="558"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="89"/>
+      <c r="D64" s="41"/>
+    </row>
+    <row r="65" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="268" t="s">
+        <v>635</v>
+      </c>
+      <c r="D65" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="E65" s="6"/>
+    </row>
+    <row r="66" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="329" t="s">
+        <v>2</v>
+      </c>
+      <c r="B66" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C66" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D66" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E66" s="147"/>
+    </row>
+    <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="330" t="s">
+        <v>429</v>
+      </c>
+      <c r="B67" s="331" t="s">
+        <v>299</v>
+      </c>
+      <c r="C67" s="108" t="s">
+        <v>628</v>
+      </c>
+      <c r="D67" s="204" t="s">
+        <v>704</v>
+      </c>
+      <c r="E67" s="147"/>
+    </row>
+    <row r="68" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="330" t="s">
+        <v>430</v>
+      </c>
+      <c r="B68" s="331" t="s">
+        <v>269</v>
+      </c>
+      <c r="C68" s="108" t="s">
+        <v>629</v>
+      </c>
+      <c r="D68" s="204" t="s">
+        <v>704</v>
+      </c>
+      <c r="E68" s="550"/>
+    </row>
+    <row r="69" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="332" t="s">
+        <v>431</v>
+      </c>
+      <c r="B69" s="333" t="s">
+        <v>439</v>
+      </c>
+      <c r="C69" s="178" t="s">
+        <v>630</v>
+      </c>
+      <c r="D69" s="430" t="s">
+        <v>704</v>
+      </c>
+      <c r="E69" s="551"/>
+    </row>
+    <row r="70" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="334" t="s">
+        <v>432</v>
+      </c>
+      <c r="B70" s="335" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" s="336" t="s">
+        <v>631</v>
+      </c>
+      <c r="D70" s="431" t="s">
+        <v>704</v>
+      </c>
+      <c r="E70" s="532" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="337" t="s">
+        <v>434</v>
+      </c>
+      <c r="B71" s="338" t="s">
+        <v>632</v>
+      </c>
+      <c r="C71" s="339" t="s">
+        <v>561</v>
+      </c>
+      <c r="D71" s="432">
+        <v>356</v>
+      </c>
+      <c r="E71" s="533"/>
+    </row>
+    <row r="72" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="96"/>
+      <c r="B72" s="97"/>
+      <c r="C72" s="7"/>
+      <c r="D72" s="98"/>
+    </row>
+    <row r="73" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="50" t="s">
+        <v>428</v>
+      </c>
+      <c r="B73" s="97"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="340" t="s">
+        <v>2</v>
+      </c>
+      <c r="B74" s="331" t="s">
+        <v>3</v>
+      </c>
+      <c r="C74" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D74" s="209" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="330" t="s">
+        <v>435</v>
+      </c>
+      <c r="B75" s="331" t="s">
+        <v>436</v>
+      </c>
+      <c r="C75" s="341" t="s">
+        <v>564</v>
+      </c>
+      <c r="D75" s="342">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="340" t="s">
+        <v>437</v>
+      </c>
+      <c r="B76" s="331" t="s">
+        <v>297</v>
+      </c>
+      <c r="C76" s="343" t="s">
+        <v>541</v>
+      </c>
+      <c r="D76" s="204" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="330" t="s">
+        <v>438</v>
+      </c>
+      <c r="B77" s="331" t="s">
+        <v>439</v>
+      </c>
+      <c r="C77" s="342" t="s">
+        <v>633</v>
+      </c>
+      <c r="D77" s="342">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="330" t="s">
+        <v>440</v>
+      </c>
+      <c r="B78" s="331" t="s">
+        <v>441</v>
+      </c>
+      <c r="C78" s="342" t="s">
+        <v>634</v>
+      </c>
+      <c r="D78" s="342">
+        <v>40</v>
+      </c>
+      <c r="E78" s="548"/>
+    </row>
+    <row r="79" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="344" t="s">
+        <v>409</v>
+      </c>
+      <c r="B79" s="345" t="s">
+        <v>69</v>
+      </c>
+      <c r="C79" s="545" t="s">
+        <v>396</v>
+      </c>
+      <c r="D79" s="545"/>
+      <c r="E79" s="548"/>
+    </row>
+    <row r="80" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="96"/>
+      <c r="B80" s="100"/>
+    </row>
+    <row r="81" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="549" t="s">
+        <v>442</v>
+      </c>
+      <c r="B81" s="549"/>
+      <c r="D81" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="99" t="s">
+        <v>2</v>
+      </c>
+      <c r="B82" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="C82" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="D82" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E82" s="548"/>
+    </row>
+    <row r="83" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="94" t="s">
+        <v>443</v>
+      </c>
+      <c r="B83" s="101" t="s">
+        <v>444</v>
+      </c>
+      <c r="C83" s="106" t="s">
+        <v>622</v>
+      </c>
+      <c r="D83" s="348" t="s">
+        <v>491</v>
+      </c>
+      <c r="E83" s="548"/>
+    </row>
+    <row r="84" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="94" t="s">
+        <v>180</v>
+      </c>
+      <c r="B84" s="101" t="s">
+        <v>445</v>
+      </c>
+      <c r="C84" s="106" t="s">
+        <v>606</v>
+      </c>
+      <c r="D84" s="73">
+        <v>356</v>
+      </c>
+      <c r="E84" s="548"/>
+    </row>
+    <row r="85" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="B85" s="101" t="s">
+        <v>446</v>
+      </c>
+      <c r="C85" s="106" t="s">
+        <v>646</v>
+      </c>
+      <c r="D85" s="348" t="s">
+        <v>501</v>
+      </c>
+      <c r="E85" s="548"/>
+    </row>
+    <row r="86" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="94" t="s">
+        <v>447</v>
+      </c>
+      <c r="B86" s="101" t="s">
+        <v>448</v>
+      </c>
+      <c r="C86" s="106" t="s">
+        <v>483</v>
+      </c>
+      <c r="D86" s="73">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="547" t="s">
+        <v>449</v>
+      </c>
+      <c r="B88" s="547"/>
+      <c r="D88" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="D89" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B90" s="33" t="s">
+        <v>450</v>
+      </c>
+      <c r="C90" s="109" t="s">
+        <v>503</v>
+      </c>
+      <c r="D90" s="125" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="31" t="s">
         <v>63</v>
       </c>
-      <c r="B53" s="100" t="s">
-[...19 lines deleted...]
-      <c r="D54" s="129" t="s">
+      <c r="B91" s="35" t="s">
+        <v>276</v>
+      </c>
+      <c r="C91" s="109" t="s">
+        <v>504</v>
+      </c>
+      <c r="D91" s="355">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="27" t="s">
+        <v>451</v>
+      </c>
+      <c r="B92" s="63" t="s">
+        <v>248</v>
+      </c>
+      <c r="C92" s="111" t="s">
         <v>490</v>
       </c>
-    </row>
-[...177 lines deleted...]
-      <c r="E69" s="463" t="s">
+      <c r="D92" s="112" t="s">
+        <v>491</v>
+      </c>
+      <c r="E92" s="552" t="s">
         <v>43</v>
       </c>
-    </row>
-[...284 lines deleted...]
-      <c r="E92" s="482"/>
     </row>
     <row r="93" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="37" t="s">
+        <v>249</v>
+      </c>
+      <c r="B93" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="C93" s="128" t="s">
+        <v>505</v>
+      </c>
+      <c r="D93" s="125" t="s">
+        <v>251</v>
+      </c>
+      <c r="E93" s="553"/>
+    </row>
+    <row r="94" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="37" t="s">
+        <v>452</v>
+      </c>
+      <c r="B94" s="33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C94" s="109" t="s">
+        <v>500</v>
+      </c>
+      <c r="D94" s="125" t="s">
+        <v>718</v>
+      </c>
+      <c r="E94" s="553"/>
+    </row>
+    <row r="95" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B95" s="35" t="s">
+        <v>246</v>
+      </c>
+      <c r="C95" s="129" t="s">
+        <v>489</v>
+      </c>
+      <c r="D95" s="130" t="s">
+        <v>226</v>
+      </c>
+      <c r="E95" s="554"/>
+    </row>
+    <row r="96" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="27" t="s">
+        <v>256</v>
+      </c>
+      <c r="B96" s="47" t="s">
+        <v>453</v>
+      </c>
+      <c r="C96" s="131" t="s">
+        <v>494</v>
+      </c>
+      <c r="D96" s="102">
+        <v>40</v>
+      </c>
+      <c r="E96" s="552" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B97" s="103" t="s">
+        <v>45</v>
+      </c>
+      <c r="C97" s="124" t="s">
+        <v>212</v>
+      </c>
+      <c r="D97" s="20"/>
+      <c r="E97" s="553"/>
+    </row>
+    <row r="98" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="29" t="s">
+        <v>252</v>
+      </c>
+      <c r="B98" s="40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C98" s="132" t="s">
+        <v>493</v>
+      </c>
+      <c r="D98" s="130" t="s">
+        <v>718</v>
+      </c>
+      <c r="E98" s="554"/>
+    </row>
+    <row r="99" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="104" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" s="105" t="s">
+        <v>454</v>
+      </c>
+      <c r="C99" s="133" t="s">
+        <v>486</v>
+      </c>
+      <c r="D99" s="134" t="s">
+        <v>513</v>
+      </c>
+      <c r="E99" s="84" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="55" t="s">
+        <v>68</v>
+      </c>
+      <c r="B100" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C100" s="556" t="s">
+        <v>396</v>
+      </c>
+      <c r="D100" s="557"/>
+    </row>
+    <row r="101" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="546" t="s">
         <v>455</v>
       </c>
-      <c r="B93" s="33" t="s">
-[...29 lines deleted...]
-      <c r="B95" s="47" t="s">
+      <c r="B102" s="546"/>
+      <c r="C102"/>
+      <c r="D102" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B103" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C103" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D103" s="209" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="143" t="s">
         <v>456</v>
       </c>
-      <c r="C95" s="138" t="s">
+      <c r="B104" s="143" t="s">
+        <v>433</v>
+      </c>
+      <c r="C104" s="109" t="s">
+        <v>636</v>
+      </c>
+      <c r="D104" s="160" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="143" t="s">
+        <v>457</v>
+      </c>
+      <c r="B105" s="220" t="s">
+        <v>274</v>
+      </c>
+      <c r="C105" s="109" t="s">
+        <v>498</v>
+      </c>
+      <c r="D105" s="248" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="143" t="s">
+        <v>458</v>
+      </c>
+      <c r="B106" s="143" t="s">
+        <v>459</v>
+      </c>
+      <c r="C106" s="174" t="s">
+        <v>637</v>
+      </c>
+      <c r="D106" s="233" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="143" t="s">
+        <v>460</v>
+      </c>
+      <c r="B107" s="143" t="s">
+        <v>190</v>
+      </c>
+      <c r="C107" s="109" t="s">
+        <v>540</v>
+      </c>
+      <c r="D107" s="160" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="175" t="s">
+        <v>461</v>
+      </c>
+      <c r="B108" s="143" t="s">
+        <v>120</v>
+      </c>
+      <c r="C108" s="545" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" s="545"/>
+    </row>
+    <row r="109" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="546" t="s">
+        <v>462</v>
+      </c>
+      <c r="B110" s="546"/>
+    </row>
+    <row r="111" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B111" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="C111" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="D111" s="209" t="s">
+        <v>83</v>
+      </c>
+      <c r="E111" s="137"/>
+    </row>
+    <row r="112" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="220" t="s">
+        <v>463</v>
+      </c>
+      <c r="B112" s="220" t="s">
+        <v>638</v>
+      </c>
+      <c r="C112" s="141" t="s">
         <v>502</v>
       </c>
-      <c r="D95" s="109">
-[...2 lines deleted...]
-      <c r="E95" s="435" t="s">
+      <c r="D112" s="177" t="s">
+        <v>226</v>
+      </c>
+      <c r="E112" s="137"/>
+    </row>
+    <row r="113" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="346" t="s">
+        <v>464</v>
+      </c>
+      <c r="B113" s="222" t="s">
+        <v>639</v>
+      </c>
+      <c r="C113" s="131" t="s">
+        <v>487</v>
+      </c>
+      <c r="D113" s="231" t="s">
+        <v>473</v>
+      </c>
+      <c r="E113" s="559" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="96" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-      <c r="E98" s="90" t="s">
+    <row r="114" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="347" t="s">
+        <v>465</v>
+      </c>
+      <c r="B114" s="220" t="s">
+        <v>640</v>
+      </c>
+      <c r="C114" s="141" t="s">
+        <v>487</v>
+      </c>
+      <c r="D114" s="177" t="s">
+        <v>641</v>
+      </c>
+      <c r="E114" s="560"/>
+    </row>
+    <row r="115" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="225" t="s">
+        <v>466</v>
+      </c>
+      <c r="B115" s="222" t="s">
+        <v>136</v>
+      </c>
+      <c r="C115" s="131" t="s">
+        <v>590</v>
+      </c>
+      <c r="D115" s="196">
+        <v>356</v>
+      </c>
+      <c r="E115" s="561" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="99" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B99" s="39" t="s">
+    <row r="116" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="347" t="s">
+        <v>467</v>
+      </c>
+      <c r="B116" s="220" t="s">
+        <v>642</v>
+      </c>
+      <c r="C116" s="141" t="s">
+        <v>590</v>
+      </c>
+      <c r="D116" s="177" t="s">
+        <v>473</v>
+      </c>
+      <c r="E116" s="562"/>
+    </row>
+    <row r="117" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="225" t="s">
+        <v>468</v>
+      </c>
+      <c r="B117" s="222" t="s">
+        <v>626</v>
+      </c>
+      <c r="C117" s="131" t="s">
+        <v>643</v>
+      </c>
+      <c r="D117" s="231" t="s">
+        <v>718</v>
+      </c>
+      <c r="E117" s="561" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="347" t="s">
+        <v>469</v>
+      </c>
+      <c r="B118" s="220" t="s">
+        <v>644</v>
+      </c>
+      <c r="C118" s="141" t="s">
+        <v>643</v>
+      </c>
+      <c r="D118" s="177" t="s">
+        <v>641</v>
+      </c>
+      <c r="E118" s="563"/>
+    </row>
+    <row r="119" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="225" t="s">
+        <v>470</v>
+      </c>
+      <c r="B119" s="222" t="s">
+        <v>294</v>
+      </c>
+      <c r="C119" s="131" t="s">
+        <v>544</v>
+      </c>
+      <c r="D119" s="196">
+        <v>356</v>
+      </c>
+      <c r="E119" s="561" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="223" t="s">
+        <v>471</v>
+      </c>
+      <c r="B120" s="184" t="s">
+        <v>645</v>
+      </c>
+      <c r="C120" s="132" t="s">
+        <v>544</v>
+      </c>
+      <c r="D120" s="185" t="s">
+        <v>473</v>
+      </c>
+      <c r="E120" s="562"/>
+    </row>
+    <row r="121" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="232" t="s">
+        <v>409</v>
+      </c>
+      <c r="B121" s="232" t="s">
         <v>69</v>
       </c>
-      <c r="C99" s="484" t="s">
-[...275 lines deleted...]
-    <row r="121" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C121" s="469" t="s">
+        <v>396</v>
+      </c>
+      <c r="D121" s="470"/>
+      <c r="E121" s="137"/>
+    </row>
     <row r="122" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="136" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="137" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="138" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="139" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="140" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="141" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="142" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="143" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="144" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="145" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="146" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="148" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="149" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="150" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="151" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="152" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="C120:D120"/>
-[...5 lines deleted...]
-    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="C121:D121"/>
+    <mergeCell ref="A110:B110"/>
+    <mergeCell ref="E113:E114"/>
+    <mergeCell ref="E115:E116"/>
+    <mergeCell ref="E117:E118"/>
+    <mergeCell ref="E119:E120"/>
+    <mergeCell ref="E92:E95"/>
+    <mergeCell ref="E96:E98"/>
+    <mergeCell ref="C100:D100"/>
+    <mergeCell ref="E37:E39"/>
+    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="C63:D63"/>
     <mergeCell ref="F1:G1"/>
-    <mergeCell ref="E81:E84"/>
-[...1 lines deleted...]
-    <mergeCell ref="E67:E68"/>
+    <mergeCell ref="E82:E85"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="E68:E69"/>
     <mergeCell ref="E5:E7"/>
-    <mergeCell ref="E69:E70"/>
-[...7 lines deleted...]
-    <mergeCell ref="C62:D62"/>
+    <mergeCell ref="E70:E71"/>
+    <mergeCell ref="E78:E79"/>
     <mergeCell ref="C17:D17"/>
-    <mergeCell ref="C107:D107"/>
+    <mergeCell ref="C108:D108"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="C33:D33"/>
-    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="A88:B88"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="55" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H36"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+    <sheetView topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="B35" sqref="B35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26" style="3" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="7" customWidth="1"/>
-    <col min="5" max="5" width="17.5703125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="22.5703125" style="6" customWidth="1"/>
     <col min="6" max="6" width="16" style="7" customWidth="1"/>
     <col min="7" max="7" width="31.42578125" style="4" customWidth="1"/>
     <col min="8" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="378" t="s">
+      <c r="A1" s="438" t="s">
         <v>70</v>
       </c>
-      <c r="B1" s="378"/>
-[...5 lines deleted...]
-      <c r="H1" s="144"/>
+      <c r="B1" s="438"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="137"/>
+      <c r="E1" s="137"/>
+      <c r="F1" s="142"/>
+      <c r="G1" s="147"/>
+      <c r="H1" s="137"/>
     </row>
     <row r="2" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="379" t="s">
+      <c r="A2" s="439" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="379" t="s">
+      <c r="B2" s="439" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="374" t="s">
+      <c r="C2" s="434" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="375"/>
-[...1 lines deleted...]
-      <c r="F2" s="495" t="s">
+      <c r="D2" s="440"/>
+      <c r="E2" s="435"/>
+      <c r="F2" s="463" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="493"/>
-      <c r="H2" s="144"/>
+      <c r="G2" s="497"/>
+      <c r="H2" s="137"/>
     </row>
     <row r="3" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="379"/>
-[...12 lines deleted...]
-      <c r="H3" s="144"/>
+      <c r="A3" s="439"/>
+      <c r="B3" s="439"/>
+      <c r="C3" s="143" t="s">
+        <v>649</v>
+      </c>
+      <c r="D3" s="143" t="s">
+        <v>650</v>
+      </c>
+      <c r="E3" s="143" t="s">
+        <v>651</v>
+      </c>
+      <c r="F3" s="463"/>
+      <c r="G3" s="497"/>
+      <c r="H3" s="137"/>
     </row>
     <row r="4" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="258" t="s">
+      <c r="A4" s="247" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="162" t="s">
+      <c r="B4" s="154" t="s">
         <v>71</v>
       </c>
-      <c r="C4" s="433"/>
-[...4 lines deleted...]
-      <c r="H4" s="144"/>
+      <c r="C4" s="498"/>
+      <c r="D4" s="499"/>
+      <c r="E4" s="499"/>
+      <c r="F4" s="108"/>
+      <c r="G4" s="357"/>
+      <c r="H4" s="137"/>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="174" t="s">
+      <c r="A5" s="166" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="162" t="s">
+      <c r="B5" s="154" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="388" t="s">
-[...4 lines deleted...]
-      <c r="F5" s="164" t="s">
+      <c r="C5" s="436" t="s">
+        <v>515</v>
+      </c>
+      <c r="D5" s="444"/>
+      <c r="E5" s="437"/>
+      <c r="F5" s="156" t="s">
+        <v>516</v>
+      </c>
+      <c r="G5" s="360"/>
+      <c r="H5" s="137"/>
+    </row>
+    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="166" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="145" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" s="434" t="s">
+        <v>652</v>
+      </c>
+      <c r="D6" s="440"/>
+      <c r="E6" s="435"/>
+      <c r="F6" s="108">
+        <v>40</v>
+      </c>
+      <c r="G6" s="361"/>
+      <c r="H6" s="251"/>
+    </row>
+    <row r="7" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="167" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="145" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" s="434" t="s">
+        <v>525</v>
+      </c>
+      <c r="D7" s="440"/>
+      <c r="E7" s="435"/>
+      <c r="F7" s="108" t="s">
+        <v>719</v>
+      </c>
+      <c r="G7" s="357"/>
+      <c r="H7" s="137"/>
+    </row>
+    <row r="8" spans="1:8" s="1" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="167" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="145" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" s="436" t="s">
+        <v>653</v>
+      </c>
+      <c r="D8" s="444"/>
+      <c r="E8" s="437"/>
+      <c r="F8" s="108" t="s">
+        <v>226</v>
+      </c>
+      <c r="G8" s="357"/>
+      <c r="H8" s="137"/>
+    </row>
+    <row r="9" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="144" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" s="145" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="434" t="s">
+        <v>654</v>
+      </c>
+      <c r="D9" s="440"/>
+      <c r="E9" s="435"/>
+      <c r="F9" s="108" t="s">
+        <v>513</v>
+      </c>
+      <c r="G9" s="361"/>
+      <c r="H9" s="251"/>
+    </row>
+    <row r="10" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="171"/>
+      <c r="B10" s="162"/>
+      <c r="C10" s="147"/>
+      <c r="D10" s="163"/>
+      <c r="E10" s="172"/>
+      <c r="F10" s="356"/>
+      <c r="G10" s="357"/>
+      <c r="H10" s="137"/>
+    </row>
+    <row r="11" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="450" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" s="450"/>
+      <c r="C11" s="136"/>
+      <c r="D11" s="163"/>
+      <c r="E11" s="147"/>
+      <c r="F11" s="142"/>
+      <c r="G11" s="147"/>
+      <c r="H11" s="137"/>
+    </row>
+    <row r="12" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="439" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="439" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="237" t="s">
+        <v>4</v>
+      </c>
+      <c r="D12" s="349"/>
+      <c r="E12" s="463" t="s">
+        <v>5</v>
+      </c>
+      <c r="F12" s="497"/>
+      <c r="G12" s="362"/>
+      <c r="H12" s="137"/>
+    </row>
+    <row r="13" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="439"/>
+      <c r="B13" s="439"/>
+      <c r="C13" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="D13" s="143" t="s">
+        <v>649</v>
+      </c>
+      <c r="E13" s="463"/>
+      <c r="F13" s="497"/>
+      <c r="G13" s="362"/>
+      <c r="H13" s="137"/>
+    </row>
+    <row r="14" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="158" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="145" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="436" t="s">
+        <v>655</v>
+      </c>
+      <c r="D14" s="437"/>
+      <c r="E14" s="108" t="s">
+        <v>513</v>
+      </c>
+      <c r="F14" s="360"/>
+      <c r="G14" s="362"/>
+      <c r="H14" s="137"/>
+    </row>
+    <row r="15" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="175" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="145" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="434" t="s">
+        <v>654</v>
+      </c>
+      <c r="D15" s="435"/>
+      <c r="E15" s="108" t="s">
+        <v>522</v>
+      </c>
+      <c r="F15" s="360"/>
+      <c r="G15" s="362"/>
+      <c r="H15" s="137"/>
+    </row>
+    <row r="16" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="175" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="145" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="434" t="s">
+        <v>523</v>
+      </c>
+      <c r="D16" s="435"/>
+      <c r="E16" s="108" t="s">
+        <v>513</v>
+      </c>
+      <c r="F16" s="360"/>
+      <c r="G16" s="362"/>
+      <c r="H16" s="137"/>
+    </row>
+    <row r="17" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="166" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="164" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="467" t="s">
+        <v>656</v>
+      </c>
+      <c r="D17" s="468"/>
+      <c r="E17" s="178" t="s">
+        <v>226</v>
+      </c>
+      <c r="F17" s="360"/>
+      <c r="G17" s="362"/>
+      <c r="H17" s="137"/>
+    </row>
+    <row r="18" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="179" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="180"/>
+      <c r="C18" s="222"/>
+      <c r="D18" s="222"/>
+      <c r="E18" s="324"/>
+      <c r="F18" s="464" t="s">
+        <v>43</v>
+      </c>
+      <c r="H18" s="137"/>
+    </row>
+    <row r="19" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="182" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="229" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="447" t="s">
+        <v>660</v>
+      </c>
+      <c r="D19" s="449"/>
+      <c r="E19" s="322" t="s">
+        <v>716</v>
+      </c>
+      <c r="F19" s="466"/>
+      <c r="H19" s="137"/>
+    </row>
+    <row r="20" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="161" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="186" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="475" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" s="476"/>
+      <c r="E20" s="476"/>
+      <c r="F20" s="494"/>
+      <c r="G20" s="187"/>
+      <c r="H20" s="137"/>
+    </row>
+    <row r="21" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="175" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="188" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="487" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" s="488"/>
+      <c r="E21" s="488"/>
+      <c r="F21" s="495"/>
+      <c r="G21" s="142"/>
+      <c r="H21" s="137"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="147"/>
+      <c r="D22" s="163"/>
+      <c r="E22" s="147"/>
+      <c r="F22" s="142"/>
+      <c r="G22" s="147"/>
+      <c r="H22" s="137"/>
+    </row>
+    <row r="23" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="189" t="s">
+        <v>657</v>
+      </c>
+      <c r="B23" s="162"/>
+      <c r="C23" s="136"/>
+      <c r="D23" s="163"/>
+      <c r="E23" s="147"/>
+      <c r="F23" s="142"/>
+      <c r="G23" s="147"/>
+      <c r="H23" s="137"/>
+    </row>
+    <row r="24" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="439" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="439" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="496" t="s">
+        <v>4</v>
+      </c>
+      <c r="D24" s="496"/>
+      <c r="E24" s="496"/>
+      <c r="F24" s="496"/>
+      <c r="G24" s="442" t="s">
+        <v>5</v>
+      </c>
+      <c r="H24" s="137"/>
+    </row>
+    <row r="25" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="439"/>
+      <c r="B25" s="439"/>
+      <c r="C25" s="143" t="s">
+        <v>508</v>
+      </c>
+      <c r="D25" s="143" t="s">
+        <v>509</v>
+      </c>
+      <c r="E25" s="143" t="s">
+        <v>649</v>
+      </c>
+      <c r="F25" s="143" t="s">
+        <v>650</v>
+      </c>
+      <c r="G25" s="443"/>
+      <c r="H25" s="137"/>
+    </row>
+    <row r="26" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="166" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="354" t="s">
+        <v>78</v>
+      </c>
+      <c r="C26" s="436" t="s">
+        <v>659</v>
+      </c>
+      <c r="D26" s="444"/>
+      <c r="E26" s="444"/>
+      <c r="F26" s="437"/>
+      <c r="G26" s="109" t="s">
+        <v>658</v>
+      </c>
+      <c r="H26" s="137"/>
+    </row>
+    <row r="27" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="175" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" s="191" t="s">
+        <v>54</v>
+      </c>
+      <c r="C27" s="434" t="s">
         <v>527</v>
       </c>
-      <c r="G5" s="500"/>
-[...117 lines deleted...]
-      <c r="C13" s="151" t="s">
+      <c r="D27" s="440"/>
+      <c r="E27" s="440"/>
+      <c r="F27" s="435"/>
+      <c r="G27" s="109" t="s">
+        <v>477</v>
+      </c>
+      <c r="H27" s="137"/>
+    </row>
+    <row r="28" spans="1:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="329" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="145" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="436" t="s">
+        <v>517</v>
+      </c>
+      <c r="D28" s="444"/>
+      <c r="E28" s="444"/>
+      <c r="F28" s="437"/>
+      <c r="G28" s="108" t="s">
+        <v>658</v>
+      </c>
+      <c r="H28" s="137"/>
+    </row>
+    <row r="29" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="192" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="193" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="489" t="s">
+        <v>661</v>
+      </c>
+      <c r="D29" s="490"/>
+      <c r="E29" s="490"/>
+      <c r="F29" s="491"/>
+      <c r="G29" s="141" t="s">
+        <v>528</v>
+      </c>
+      <c r="H29" s="137"/>
+    </row>
+    <row r="30" spans="1:8" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="179" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="350" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="351" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" s="352" t="s">
+        <v>45</v>
+      </c>
+      <c r="E30" s="351" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" s="352" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" s="351" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30" s="492" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="182" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="229" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="489" t="s">
         <v>519</v>
       </c>
-      <c r="D13" s="151" t="s">
-[...87 lines deleted...]
-      <c r="F18" s="406" t="s">
+      <c r="D31" s="490"/>
+      <c r="E31" s="490"/>
+      <c r="F31" s="491"/>
+      <c r="G31" s="132" t="s">
+        <v>662</v>
+      </c>
+      <c r="H31" s="493"/>
+    </row>
+    <row r="32" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="179" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="350" t="s">
+        <v>45</v>
+      </c>
+      <c r="C32" s="469" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" s="470"/>
+      <c r="E32" s="470"/>
+      <c r="F32" s="470"/>
+      <c r="G32" s="470"/>
+      <c r="H32" s="492" t="s">
         <v>43</v>
       </c>
-      <c r="H18" s="144"/>
-[...25 lines deleted...]
-      <c r="C20" s="403" t="s">
+    </row>
+    <row r="33" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="182" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" s="198" t="s">
+        <v>81</v>
+      </c>
+      <c r="C33" s="472" t="s">
+        <v>45</v>
+      </c>
+      <c r="D33" s="473"/>
+      <c r="E33" s="473"/>
+      <c r="F33" s="473"/>
+      <c r="G33" s="473"/>
+      <c r="H33" s="493"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="179" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="353" t="s">
+        <v>65</v>
+      </c>
+      <c r="C34" s="475" t="s">
         <v>18</v>
       </c>
-      <c r="D20" s="404"/>
-[...12 lines deleted...]
-      <c r="C21" s="423" t="s">
+      <c r="D34" s="476"/>
+      <c r="E34" s="476"/>
+      <c r="F34" s="476"/>
+      <c r="G34" s="476"/>
+      <c r="H34" s="484" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="266" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="188" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="487" t="s">
         <v>18</v>
       </c>
-      <c r="D21" s="424"/>
-[...168 lines deleted...]
-      <c r="C31" s="415" t="s">
+      <c r="D35" s="488"/>
+      <c r="E35" s="488"/>
+      <c r="F35" s="488"/>
+      <c r="G35" s="488"/>
+      <c r="H35" s="485"/>
+    </row>
+    <row r="36" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="182" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" s="183" t="s">
         <v>530</v>
       </c>
-      <c r="D31" s="425"/>
-[...14 lines deleted...]
-      <c r="C32" s="417" t="s">
+      <c r="C36" s="478" t="s">
         <v>18</v>
       </c>
-      <c r="D32" s="418"/>
-[...71 lines deleted...]
-      <c r="H36" s="422"/>
+      <c r="D36" s="479"/>
+      <c r="E36" s="479"/>
+      <c r="F36" s="479"/>
+      <c r="G36" s="479"/>
+      <c r="H36" s="486"/>
     </row>
   </sheetData>
   <mergeCells count="42">
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:E2"/>
+    <mergeCell ref="C7:E7"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="C6:E6"/>
-    <mergeCell ref="C7:E7"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="F18:F19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C20:F20"/>
     <mergeCell ref="C21:F21"/>
     <mergeCell ref="A24:A25"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="G24:G25"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="C27:F27"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="C34:G34"/>
     <mergeCell ref="H34:H36"/>
     <mergeCell ref="C35:G35"/>
     <mergeCell ref="C36:G36"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="H30:H31"/>
     <mergeCell ref="C31:F31"/>
     <mergeCell ref="C32:G32"/>
     <mergeCell ref="H32:H33"/>
     <mergeCell ref="C33:G33"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6D3A534-CDEC-4F8C-8BF8-2354D80CFED2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L46"/>
   <sheetViews>
     <sheetView topLeftCell="A30" workbookViewId="0">
       <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.7109375" style="506" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.85546875" style="503"/>
+    <col min="1" max="1" width="35.7109375" style="366" customWidth="1"/>
+    <col min="2" max="2" width="20" style="363" customWidth="1"/>
+    <col min="3" max="3" width="21.5703125" style="365" customWidth="1"/>
+    <col min="4" max="4" width="17.7109375" style="364" customWidth="1"/>
+    <col min="5" max="16384" width="8.85546875" style="363"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="512" t="s">
+      <c r="A1" s="506" t="s">
         <v>82</v>
       </c>
-      <c r="B1" s="512"/>
-      <c r="D1" s="539" t="s">
+      <c r="B1" s="506"/>
+      <c r="D1" s="395" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="538" t="s">
+      <c r="A2" s="394" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="538" t="s">
+      <c r="B2" s="394" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="537" t="s">
+      <c r="C2" s="393" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="536" t="s">
+      <c r="D2" s="392" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="543" t="s">
+      <c r="A3" s="398" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="509" t="s">
+      <c r="B3" s="369" t="s">
         <v>84</v>
       </c>
-      <c r="C3" s="508"/>
-      <c r="D3" s="542"/>
+      <c r="C3" s="368"/>
+      <c r="D3" s="397"/>
     </row>
     <row r="4" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="561" t="s">
+      <c r="A4" s="412" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="509" t="s">
+      <c r="B4" s="369" t="s">
         <v>84</v>
       </c>
-      <c r="C4" s="542"/>
-      <c r="D4" s="542"/>
+      <c r="C4" s="397"/>
+      <c r="D4" s="397"/>
     </row>
     <row r="5" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="551" t="s">
+      <c r="A5" s="404" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="503" t="s">
+      <c r="B5" s="363" t="s">
         <v>85</v>
       </c>
-      <c r="C5" s="542" t="s">
-[...3 lines deleted...]
-        <v>706</v>
+      <c r="C5" s="397" t="s">
+        <v>679</v>
+      </c>
+      <c r="D5" s="397" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="551" t="s">
+      <c r="A6" s="404" t="s">
         <v>86</v>
       </c>
-      <c r="B6" s="509" t="s">
-[...6 lines deleted...]
-        <v>706</v>
+      <c r="B6" s="369" t="s">
+        <v>699</v>
+      </c>
+      <c r="C6" s="397" t="s">
+        <v>698</v>
+      </c>
+      <c r="D6" s="397" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="543" t="s">
+      <c r="A7" s="398" t="s">
         <v>14</v>
       </c>
-      <c r="B7" s="509" t="s">
+      <c r="B7" s="369" t="s">
         <v>87</v>
       </c>
-      <c r="C7" s="542" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C7" s="397" t="s">
+        <v>697</v>
+      </c>
+      <c r="D7" s="397" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="556" t="s">
+      <c r="A8" s="502" t="s">
         <v>88</v>
       </c>
-      <c r="B8" s="555"/>
-[...1 lines deleted...]
-      <c r="D8" s="555"/>
+      <c r="B8" s="503"/>
+      <c r="C8" s="503"/>
+      <c r="D8" s="503"/>
     </row>
     <row r="9" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="551" t="s">
+      <c r="A9" s="404" t="s">
         <v>16</v>
       </c>
-      <c r="B9" s="509" t="s">
+      <c r="B9" s="369" t="s">
         <v>89</v>
       </c>
-      <c r="C9" s="560" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C9" s="411" t="s">
+        <v>696</v>
+      </c>
+      <c r="D9" s="411" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="551" t="s">
+      <c r="A10" s="404" t="s">
         <v>90</v>
       </c>
-      <c r="B10" s="509" t="s">
+      <c r="B10" s="369" t="s">
         <v>91</v>
       </c>
-      <c r="C10" s="560"/>
-      <c r="D10" s="560"/>
+      <c r="C10" s="411"/>
+      <c r="D10" s="411"/>
     </row>
     <row r="12" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D12" s="541"/>
+      <c r="D12" s="396"/>
     </row>
     <row r="13" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="540" t="s">
+      <c r="A13" s="508" t="s">
         <v>92</v>
       </c>
-      <c r="B13" s="540"/>
-      <c r="D13" s="539" t="s">
+      <c r="B13" s="508"/>
+      <c r="D13" s="395" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="538" t="s">
+      <c r="A14" s="394" t="s">
         <v>2</v>
       </c>
-      <c r="B14" s="538" t="s">
+      <c r="B14" s="394" t="s">
         <v>3</v>
       </c>
-      <c r="C14" s="537" t="s">
+      <c r="C14" s="393" t="s">
         <v>4</v>
       </c>
-      <c r="D14" s="536" t="s">
+      <c r="D14" s="392" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="535" t="s">
+      <c r="A15" s="391" t="s">
         <v>22</v>
       </c>
-      <c r="B15" s="559" t="s">
+      <c r="B15" s="410" t="s">
         <v>93</v>
       </c>
-      <c r="C15" s="558" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C15" s="409" t="s">
+        <v>687</v>
+      </c>
+      <c r="D15" s="408" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="545" t="s">
+      <c r="A16" s="400" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="509" t="s">
+      <c r="B16" s="369" t="s">
         <v>94</v>
       </c>
-      <c r="C16" s="542" t="s">
-[...3 lines deleted...]
-        <v>722</v>
+      <c r="C16" s="397" t="s">
+        <v>695</v>
+      </c>
+      <c r="D16" s="399" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="545" t="s">
+      <c r="A17" s="400" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="509" t="s">
+      <c r="B17" s="369" t="s">
         <v>87</v>
       </c>
-      <c r="C17" s="542" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C17" s="397" t="s">
+        <v>693</v>
+      </c>
+      <c r="D17" s="399" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="510" t="s">
+      <c r="A18" s="370" t="s">
         <v>95</v>
       </c>
-      <c r="B18" s="509" t="s">
+      <c r="B18" s="369" t="s">
         <v>96</v>
       </c>
-      <c r="C18" s="542" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C18" s="397" t="s">
+        <v>692</v>
+      </c>
+      <c r="D18" s="399" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="543" t="s">
+      <c r="A19" s="398" t="s">
         <v>30</v>
       </c>
-      <c r="B19" s="509" t="s">
+      <c r="B19" s="369" t="s">
         <v>97</v>
       </c>
-      <c r="C19" s="542" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C19" s="397" t="s">
+        <v>686</v>
+      </c>
+      <c r="D19" s="399" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="556" t="s">
+      <c r="A20" s="502" t="s">
         <v>88</v>
       </c>
-      <c r="B20" s="555"/>
-[...1 lines deleted...]
-      <c r="D20" s="555"/>
+      <c r="B20" s="503"/>
+      <c r="C20" s="503"/>
+      <c r="D20" s="503"/>
     </row>
     <row r="21" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="554" t="s">
+      <c r="A21" s="407" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="509" t="s">
+      <c r="B21" s="369" t="s">
         <v>98</v>
       </c>
-      <c r="C21" s="542" t="s">
-[...3 lines deleted...]
-        <v>696</v>
+      <c r="C21" s="397" t="s">
+        <v>691</v>
+      </c>
+      <c r="D21" s="399" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A22" s="510" t="s">
+      <c r="A22" s="370" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="509" t="s">
+      <c r="B22" s="369" t="s">
         <v>91</v>
       </c>
-      <c r="C22" s="542" t="s">
-[...3 lines deleted...]
-        <v>696</v>
+      <c r="C22" s="397" t="s">
+        <v>690</v>
+      </c>
+      <c r="D22" s="367" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A23" s="510" t="s">
+      <c r="A23" s="370" t="s">
         <v>99</v>
       </c>
-      <c r="B23" s="509" t="s">
+      <c r="B23" s="369" t="s">
         <v>100</v>
       </c>
-      <c r="C23" s="508" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="553"/>
+      <c r="C23" s="368" t="s">
+        <v>689</v>
+      </c>
+      <c r="D23" s="406"/>
     </row>
     <row r="24" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="552"/>
-      <c r="D24" s="541"/>
+      <c r="A24" s="405"/>
+      <c r="D24" s="396"/>
     </row>
     <row r="25" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="540" t="s">
+      <c r="A25" s="508" t="s">
         <v>101</v>
       </c>
-      <c r="B25" s="540"/>
-      <c r="D25" s="539" t="s">
+      <c r="B25" s="508"/>
+      <c r="D25" s="395" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="538" t="s">
+      <c r="A26" s="394" t="s">
         <v>2</v>
       </c>
-      <c r="B26" s="538" t="s">
+      <c r="B26" s="394" t="s">
         <v>3</v>
       </c>
-      <c r="C26" s="537" t="s">
+      <c r="C26" s="393" t="s">
         <v>4</v>
       </c>
-      <c r="D26" s="536" t="s">
+      <c r="D26" s="392" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="551" t="s">
+      <c r="A27" s="404" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="509" t="s">
+      <c r="B27" s="369" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="550" t="s">
-[...5 lines deleted...]
-      <c r="L27" s="548"/>
+      <c r="C27" s="403" t="s">
+        <v>688</v>
+      </c>
+      <c r="D27" s="402" t="s">
+        <v>673</v>
+      </c>
+      <c r="L27" s="401"/>
     </row>
     <row r="28" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="510" t="s">
+      <c r="A28" s="370" t="s">
         <v>35</v>
       </c>
-      <c r="B28" s="509" t="s">
+      <c r="B28" s="369" t="s">
         <v>102</v>
       </c>
-      <c r="C28" s="542" t="s">
-[...3 lines deleted...]
-        <v>696</v>
+      <c r="C28" s="397" t="s">
+        <v>687</v>
+      </c>
+      <c r="D28" s="399" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="510" t="s">
+      <c r="A29" s="370" t="s">
         <v>37</v>
       </c>
-      <c r="B29" s="509" t="s">
+      <c r="B29" s="369" t="s">
         <v>103</v>
       </c>
-      <c r="C29" s="542" t="s">
-[...3 lines deleted...]
-        <v>696</v>
+      <c r="C29" s="397" t="s">
+        <v>686</v>
+      </c>
+      <c r="D29" s="399" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="545" t="s">
+      <c r="A30" s="400" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="509" t="s">
-[...6 lines deleted...]
-        <v>701</v>
+      <c r="B30" s="369" t="s">
+        <v>685</v>
+      </c>
+      <c r="C30" s="397" t="s">
+        <v>684</v>
+      </c>
+      <c r="D30" s="399" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="510" t="s">
+      <c r="A31" s="370" t="s">
         <v>41</v>
       </c>
-      <c r="B31" s="521" t="s">
+      <c r="B31" s="377" t="s">
         <v>105</v>
       </c>
-      <c r="C31" s="542" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C31" s="397" t="s">
+        <v>674</v>
+      </c>
+      <c r="D31" s="399" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="547" t="s">
+      <c r="A32" s="504" t="s">
         <v>88</v>
       </c>
-      <c r="B32" s="546"/>
-[...1 lines deleted...]
-      <c r="D32" s="546"/>
+      <c r="B32" s="505"/>
+      <c r="C32" s="505"/>
+      <c r="D32" s="505"/>
     </row>
     <row r="33" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="545" t="s">
+      <c r="A33" s="400" t="s">
         <v>46</v>
       </c>
-      <c r="B33" s="509" t="s">
+      <c r="B33" s="369" t="s">
         <v>106</v>
       </c>
-      <c r="C33" s="505" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="543" t="s">
+      <c r="C33" s="365" t="s">
+        <v>683</v>
+      </c>
+      <c r="D33" s="399" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="379" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="398" t="s">
         <v>48</v>
       </c>
-      <c r="B34" s="509" t="s">
+      <c r="B34" s="369" t="s">
         <v>107</v>
       </c>
-      <c r="C34" s="542" t="s">
-[...3 lines deleted...]
-        <v>709</v>
+      <c r="C34" s="397" t="s">
+        <v>682</v>
+      </c>
+      <c r="D34" s="383" t="s">
+        <v>681</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D35" s="541"/>
+      <c r="D35" s="396"/>
     </row>
     <row r="36" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="540" t="s">
+      <c r="A36" s="508" t="s">
         <v>108</v>
       </c>
-      <c r="B36" s="540"/>
-      <c r="D36" s="539" t="s">
+      <c r="B36" s="508"/>
+      <c r="D36" s="395" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="538" t="s">
+      <c r="A37" s="394" t="s">
         <v>2</v>
       </c>
-      <c r="B37" s="538"/>
-      <c r="C37" s="537" t="s">
+      <c r="B37" s="394"/>
+      <c r="C37" s="393" t="s">
         <v>4</v>
       </c>
-      <c r="D37" s="536" t="s">
+      <c r="D37" s="392" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="535" t="s">
+      <c r="A38" s="391" t="s">
         <v>51</v>
       </c>
-      <c r="B38" s="534" t="s">
+      <c r="B38" s="390" t="s">
         <v>109</v>
       </c>
-      <c r="C38" s="528" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C38" s="384" t="s">
+        <v>680</v>
+      </c>
+      <c r="D38" s="389" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="510" t="s">
+      <c r="A39" s="370" t="s">
         <v>53</v>
       </c>
-      <c r="B39" s="503" t="s">
+      <c r="B39" s="363" t="s">
         <v>85</v>
       </c>
-      <c r="C39" s="532" t="s">
-[...3 lines deleted...]
-        <v>706</v>
+      <c r="C39" s="388" t="s">
+        <v>679</v>
+      </c>
+      <c r="D39" s="387" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="530" t="s">
+      <c r="A40" s="386" t="s">
         <v>55</v>
       </c>
-      <c r="B40" s="529" t="s">
+      <c r="B40" s="385" t="s">
         <v>110</v>
       </c>
-      <c r="C40" s="528" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="526" t="s">
+      <c r="C40" s="384" t="s">
+        <v>677</v>
+      </c>
+      <c r="D40" s="383" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" s="379" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="382" t="s">
         <v>56</v>
       </c>
-      <c r="B41" s="503" t="s">
+      <c r="B41" s="363" t="s">
         <v>111</v>
       </c>
-      <c r="C41" s="525" t="s">
-[...3 lines deleted...]
-        <v>703</v>
+      <c r="C41" s="381" t="s">
+        <v>676</v>
+      </c>
+      <c r="D41" s="380" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="522" t="s">
+      <c r="A42" s="378" t="s">
         <v>58</v>
       </c>
-      <c r="B42" s="521" t="s">
+      <c r="B42" s="377" t="s">
         <v>105</v>
       </c>
-      <c r="C42" s="520" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="518" t="s">
+      <c r="C42" s="376" t="s">
+        <v>674</v>
+      </c>
+      <c r="D42" s="375" t="s">
+        <v>673</v>
+      </c>
+      <c r="E42" s="500" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="517" t="s">
+      <c r="A43" s="374" t="s">
         <v>60</v>
       </c>
-      <c r="B43" s="516"/>
-[...2 lines deleted...]
-      <c r="E43" s="513"/>
+      <c r="B43" s="373"/>
+      <c r="C43" s="372"/>
+      <c r="D43" s="371"/>
+      <c r="E43" s="501"/>
     </row>
     <row r="44" spans="1:5" ht="17.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="512" t="s">
+      <c r="A44" s="506" t="s">
         <v>88</v>
       </c>
-      <c r="B44" s="511"/>
-[...2 lines deleted...]
-      <c r="E44" s="505"/>
+      <c r="B44" s="507"/>
+      <c r="C44" s="507"/>
+      <c r="D44" s="507"/>
+      <c r="E44" s="365"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A45" s="510" t="s">
+      <c r="A45" s="370" t="s">
         <v>63</v>
       </c>
-      <c r="B45" s="509" t="s">
-[...6 lines deleted...]
-        <v>698</v>
+      <c r="B45" s="369" t="s">
+        <v>672</v>
+      </c>
+      <c r="C45" s="368" t="s">
+        <v>671</v>
+      </c>
+      <c r="D45" s="367" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A46" s="510" t="s">
+      <c r="A46" s="370" t="s">
         <v>112</v>
       </c>
-      <c r="B46" s="509" t="s">
+      <c r="B46" s="369" t="s">
         <v>113</v>
       </c>
-      <c r="C46" s="508" t="s">
-[...3 lines deleted...]
-        <v>696</v>
+      <c r="C46" s="368" t="s">
+        <v>669</v>
+      </c>
+      <c r="D46" s="367" t="s">
+        <v>668</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="A44:D44"/>
-    <mergeCell ref="A36:B36"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="E42:E43"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="A32:D32"/>
+    <mergeCell ref="A44:D44"/>
+    <mergeCell ref="A36:B36"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="77" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G194"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="H28" sqref="H28"/>
+    <sheetView topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="29.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" style="4" customWidth="1"/>
     <col min="2" max="2" width="31.85546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" style="4" customWidth="1"/>
-    <col min="4" max="4" width="15.7109375" style="6" customWidth="1"/>
-    <col min="5" max="5" width="15.7109375" style="4" customWidth="1"/>
+    <col min="4" max="4" width="20" style="6" customWidth="1"/>
+    <col min="5" max="5" width="22.42578125" style="4" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" style="4" customWidth="1"/>
     <col min="7" max="16384" width="29.7109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="440" t="s">
+      <c r="A1" s="512" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="440"/>
-[...2 lines deleted...]
-      <c r="E1" s="143" t="s">
+      <c r="B1" s="512"/>
+      <c r="C1" s="512"/>
+      <c r="D1" s="243"/>
+      <c r="E1" s="136" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="150"/>
+      <c r="F1" s="142"/>
     </row>
     <row r="2" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="196" t="s">
+      <c r="A2" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="149" t="s">
+      <c r="B2" s="141" t="s">
         <v>115</v>
       </c>
-      <c r="C2" s="196" t="s">
+      <c r="C2" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="146" t="s">
+      <c r="D2" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="148" t="s">
+      <c r="E2" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="144"/>
+      <c r="F2" s="137"/>
     </row>
     <row r="3" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="152" t="s">
+      <c r="A3" s="144" t="s">
         <v>116</v>
       </c>
-      <c r="B3" s="166" t="s">
+      <c r="B3" s="158" t="s">
         <v>117</v>
       </c>
-      <c r="C3" s="151" t="s">
+      <c r="C3" s="143" t="s">
         <v>118</v>
       </c>
-      <c r="D3" s="255" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="116">
+      <c r="D3" s="244" t="s">
+        <v>666</v>
+      </c>
+      <c r="E3" s="109">
         <v>40</v>
       </c>
-      <c r="F3" s="144"/>
+      <c r="F3" s="137"/>
     </row>
     <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="156" t="s">
+      <c r="A4" s="148" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="166" t="s">
+      <c r="B4" s="158" t="s">
         <v>119</v>
       </c>
-      <c r="C4" s="151" t="s">
+      <c r="C4" s="143" t="s">
         <v>120</v>
       </c>
-      <c r="D4" s="255" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="116">
+      <c r="D4" s="244" t="s">
+        <v>560</v>
+      </c>
+      <c r="E4" s="109">
         <v>40</v>
       </c>
-      <c r="F4" s="144"/>
+      <c r="F4" s="137"/>
     </row>
     <row r="5" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="166" t="s">
+      <c r="A5" s="158" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="166" t="s">
+      <c r="B5" s="158" t="s">
         <v>121</v>
       </c>
-      <c r="C5" s="151" t="s">
+      <c r="C5" s="143" t="s">
         <v>122</v>
       </c>
-      <c r="D5" s="255" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="144"/>
+      <c r="D5" s="244" t="s">
+        <v>561</v>
+      </c>
+      <c r="E5" s="109" t="s">
+        <v>477</v>
+      </c>
+      <c r="F5" s="137"/>
     </row>
     <row r="6" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="166" t="s">
+      <c r="A6" s="158" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="256" t="s">
+      <c r="B6" s="245" t="s">
         <v>123</v>
       </c>
-      <c r="C6" s="151" t="s">
+      <c r="C6" s="143" t="s">
         <v>124</v>
       </c>
-      <c r="D6" s="255" t="s">
+      <c r="D6" s="244" t="s">
+        <v>556</v>
+      </c>
+      <c r="E6" s="109" t="s">
+        <v>226</v>
+      </c>
+      <c r="F6" s="137"/>
+    </row>
+    <row r="7" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="144" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="158" t="s">
+        <v>125</v>
+      </c>
+      <c r="C7" s="143" t="s">
+        <v>126</v>
+      </c>
+      <c r="D7" s="244" t="s">
+        <v>623</v>
+      </c>
+      <c r="E7" s="109" t="s">
+        <v>719</v>
+      </c>
+      <c r="F7" s="137"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="143" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" s="143" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" s="441" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="441"/>
+      <c r="F8" s="137"/>
+    </row>
+    <row r="9" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="171"/>
+      <c r="B9" s="171"/>
+      <c r="C9" s="137"/>
+      <c r="D9" s="147"/>
+      <c r="E9" s="137"/>
+      <c r="F9" s="137"/>
+    </row>
+    <row r="10" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="516" t="s">
+        <v>129</v>
+      </c>
+      <c r="B10" s="516"/>
+      <c r="C10" s="516"/>
+      <c r="D10" s="243"/>
+      <c r="E10" s="136" t="s">
+        <v>1</v>
+      </c>
+      <c r="F10" s="191"/>
+    </row>
+    <row r="11" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C11" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="246" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="191"/>
+    </row>
+    <row r="12" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="247" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="166" t="s">
+        <v>130</v>
+      </c>
+      <c r="C12" s="143" t="s">
+        <v>131</v>
+      </c>
+      <c r="D12" s="487" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="488"/>
+      <c r="F12" s="137"/>
+      <c r="G12" s="43"/>
+    </row>
+    <row r="13" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="166" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="167" t="s">
+        <v>132</v>
+      </c>
+      <c r="C13" s="167" t="s">
+        <v>133</v>
+      </c>
+      <c r="D13" s="150" t="s">
+        <v>545</v>
+      </c>
+      <c r="E13" s="109">
+        <v>40</v>
+      </c>
+      <c r="F13" s="137"/>
+    </row>
+    <row r="14" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="166" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="158" t="s">
+        <v>134</v>
+      </c>
+      <c r="C14" s="143" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="139" t="s">
+        <v>563</v>
+      </c>
+      <c r="E14" s="248">
+        <v>40</v>
+      </c>
+      <c r="F14" s="137"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="167" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="158" t="s">
+        <v>135</v>
+      </c>
+      <c r="C15" s="143" t="s">
+        <v>136</v>
+      </c>
+      <c r="D15" s="139" t="s">
+        <v>564</v>
+      </c>
+      <c r="E15" s="147" t="s">
+        <v>226</v>
+      </c>
+      <c r="F15" s="137"/>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="167" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="158" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" s="249" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="250" t="s">
+        <v>565</v>
+      </c>
+      <c r="E16" s="109" t="s">
+        <v>477</v>
+      </c>
+      <c r="F16" s="251"/>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="144" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="158" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" s="249" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" s="139" t="s">
+        <v>485</v>
+      </c>
+      <c r="E17" s="109" t="s">
+        <v>491</v>
+      </c>
+      <c r="F17" s="251"/>
+    </row>
+    <row r="18" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="171"/>
+      <c r="B18" s="171"/>
+      <c r="C18" s="137"/>
+      <c r="D18" s="147"/>
+      <c r="E18" s="137"/>
+      <c r="F18" s="137"/>
+    </row>
+    <row r="19" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="516" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" s="516"/>
+      <c r="C19" s="516"/>
+      <c r="D19" s="243"/>
+      <c r="E19" s="136" t="s">
+        <v>1</v>
+      </c>
+      <c r="F19" s="137"/>
+    </row>
+    <row r="20" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B20" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D20" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="F20" s="137"/>
+    </row>
+    <row r="21" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="158" t="s">
+        <v>33</v>
+      </c>
+      <c r="B21" s="158" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" s="143" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" s="44" t="s">
+        <v>566</v>
+      </c>
+      <c r="E21" s="109" t="s">
+        <v>477</v>
+      </c>
+      <c r="F21" s="137"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="143" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" s="143" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" s="143" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" s="139" t="s">
+        <v>567</v>
+      </c>
+      <c r="E22" s="109">
+        <v>40</v>
+      </c>
+      <c r="F22" s="137"/>
+    </row>
+    <row r="23" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="143" t="s">
+        <v>37</v>
+      </c>
+      <c r="B23" s="143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" s="143" t="s">
+        <v>146</v>
+      </c>
+      <c r="D23" s="139" t="s">
+        <v>568</v>
+      </c>
+      <c r="E23" s="109" t="s">
+        <v>226</v>
+      </c>
+      <c r="F23" s="137"/>
+    </row>
+    <row r="24" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="143" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" s="143" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" s="143" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" s="139" t="s">
+        <v>647</v>
+      </c>
+      <c r="E24" s="109" t="s">
+        <v>226</v>
+      </c>
+      <c r="F24" s="137"/>
+    </row>
+    <row r="25" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="175" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="175" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" s="143" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" s="150" t="s">
+        <v>486</v>
+      </c>
+      <c r="E25" s="109" t="s">
+        <v>491</v>
+      </c>
+      <c r="F25" s="137"/>
+      <c r="G25" s="7"/>
+    </row>
+    <row r="26" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="175" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" s="175" t="s">
+        <v>570</v>
+      </c>
+      <c r="C26" s="143" t="s">
         <v>571</v>
       </c>
-      <c r="E6" s="116" t="s">
-[...17 lines deleted...]
-      <c r="E7" s="116">
+      <c r="D26" s="108" t="s">
+        <v>569</v>
+      </c>
+      <c r="E26" s="109">
+        <v>356</v>
+      </c>
+      <c r="F26" s="137"/>
+      <c r="G26" s="7"/>
+    </row>
+    <row r="27" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="161" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" s="175" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" s="249" t="s">
+        <v>150</v>
+      </c>
+      <c r="D27" s="459" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="459"/>
+      <c r="F27" s="137"/>
+      <c r="G27" s="7"/>
+    </row>
+    <row r="28" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="252" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" s="175" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" s="249" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" s="459" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" s="459"/>
+      <c r="F28" s="137"/>
+      <c r="G28" s="7"/>
+    </row>
+    <row r="29" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="161"/>
+      <c r="B29" s="161"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="142"/>
+      <c r="E29" s="137"/>
+      <c r="F29" s="137"/>
+    </row>
+    <row r="30" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="516" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" s="516"/>
+      <c r="C30" s="516"/>
+      <c r="D30" s="243"/>
+      <c r="E30" s="136" t="s">
+        <v>1</v>
+      </c>
+      <c r="F30" s="137"/>
+    </row>
+    <row r="31" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B31" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="139" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="F31" s="137"/>
+    </row>
+    <row r="32" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="158" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" s="158" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" s="253" t="s">
+        <v>155</v>
+      </c>
+      <c r="D32" s="254" t="s">
+        <v>667</v>
+      </c>
+      <c r="E32" s="211" t="s">
+        <v>226</v>
+      </c>
+      <c r="F32" s="161"/>
+    </row>
+    <row r="33" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="175" t="s">
+        <v>53</v>
+      </c>
+      <c r="B33" s="175" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" s="252" t="s">
+        <v>725</v>
+      </c>
+      <c r="D33" s="219" t="s">
+        <v>561</v>
+      </c>
+      <c r="E33" s="211" t="s">
+        <v>718</v>
+      </c>
+      <c r="F33" s="161"/>
+    </row>
+    <row r="34" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="175" t="s">
+        <v>55</v>
+      </c>
+      <c r="B34" s="175" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="252" t="s">
+        <v>158</v>
+      </c>
+      <c r="D34" s="254" t="s">
+        <v>572</v>
+      </c>
+      <c r="E34" s="211">
         <v>40</v>
       </c>
-      <c r="F7" s="144"/>
-[...11 lines deleted...]
-      <c r="D8" s="377" t="s">
+      <c r="F34" s="161"/>
+    </row>
+    <row r="35" spans="1:6" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="192" t="s">
+        <v>56</v>
+      </c>
+      <c r="B35" s="227" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" t="s">
+        <v>160</v>
+      </c>
+      <c r="D35" s="255" t="s">
+        <v>573</v>
+      </c>
+      <c r="E35" s="256">
+        <v>40</v>
+      </c>
+      <c r="F35" s="161"/>
+    </row>
+    <row r="36" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="179" t="s">
+        <v>58</v>
+      </c>
+      <c r="B36" s="257" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" s="258" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" s="259" t="s">
+        <v>568</v>
+      </c>
+      <c r="E36" s="259" t="s">
+        <v>501</v>
+      </c>
+      <c r="F36" s="509" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="223" t="s">
+        <v>60</v>
+      </c>
+      <c r="B37" s="260" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="46" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" s="261" t="s">
+        <v>574</v>
+      </c>
+      <c r="E37" s="262" t="s">
+        <v>497</v>
+      </c>
+      <c r="F37" s="510"/>
+    </row>
+    <row r="38" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="179" t="s">
+        <v>61</v>
+      </c>
+      <c r="B38" s="222" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="48" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" s="513" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="377"/>
-[...50 lines deleted...]
-      <c r="D12" s="423" t="s">
+      <c r="E38" s="513"/>
+      <c r="F38" s="509" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="182" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" s="198" t="s">
+        <v>166</v>
+      </c>
+      <c r="C39" s="263" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" s="514" t="s">
+        <v>45</v>
+      </c>
+      <c r="E39" s="514"/>
+      <c r="F39" s="510"/>
+    </row>
+    <row r="40" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="264" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="265" t="s">
+        <v>64</v>
+      </c>
+      <c r="C40" s="48" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" s="515" t="s">
         <v>18</v>
       </c>
-      <c r="E12" s="424"/>
-[...251 lines deleted...]
-      <c r="D27" s="423" t="s">
+      <c r="E40" s="515"/>
+      <c r="F40" s="509" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="266" t="s">
+        <v>66</v>
+      </c>
+      <c r="B41" s="143" t="s">
+        <v>169</v>
+      </c>
+      <c r="C41" s="49" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" s="511" t="s">
         <v>18</v>
       </c>
-      <c r="E27" s="424"/>
-[...196 lines deleted...]
-      <c r="D39" s="442" t="s">
+      <c r="E41" s="511"/>
+      <c r="F41" s="517"/>
+    </row>
+    <row r="42" spans="1:6" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="182" t="s">
+        <v>68</v>
+      </c>
+      <c r="B42" s="184" t="s">
+        <v>171</v>
+      </c>
+      <c r="C42" s="267" t="s">
         <v>45</v>
       </c>
-      <c r="E39" s="442"/>
-[...43 lines deleted...]
-      <c r="C42" s="279" t="s">
+      <c r="D42" s="518" t="s">
         <v>45</v>
       </c>
-      <c r="D42" s="449" t="s">
-[...3 lines deleted...]
-      <c r="F42" s="448"/>
+      <c r="E42" s="519"/>
+      <c r="F42" s="510"/>
     </row>
     <row r="43" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="44" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="161" t="s">
+        <v>726</v>
+      </c>
+      <c r="B44" s="433" t="s">
+        <v>727</v>
+      </c>
+      <c r="C44" s="137" t="s">
+        <v>728</v>
+      </c>
+    </row>
     <row r="45" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="52" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="53" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="55" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="56" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="57" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="58" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="59" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="60" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="61" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="62" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="63" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="64" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="65" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="66" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="67" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="68" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="69" ht="15.95" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -11177,812 +11247,812 @@
     <mergeCell ref="D39:E39"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="D27:E27"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="F40:F42"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="F36:F37"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+    <sheetView topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="D35" sqref="D35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="24.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" style="4" customWidth="1"/>
     <col min="4" max="4" width="36.42578125" style="6" customWidth="1"/>
     <col min="5" max="5" width="7.5703125" style="6" customWidth="1"/>
     <col min="6" max="7" width="9.140625" style="4"/>
     <col min="8" max="8" width="9.140625" style="4" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
     </row>
     <row r="2" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="196" t="s">
+      <c r="A2" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="196" t="s">
+      <c r="B2" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="146" t="s">
+      <c r="C2" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="217" t="s">
+      <c r="D2" s="209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="152" t="s">
+      <c r="A3" s="144" t="s">
         <v>116</v>
       </c>
-      <c r="B3" s="157" t="s">
+      <c r="B3" s="149" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" s="208" t="s">
+        <v>724</v>
+      </c>
+      <c r="D3" s="413" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="521" t="s">
         <v>174</v>
       </c>
-      <c r="C3" s="216" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="452" t="s">
+      <c r="B4" s="521" t="s">
         <v>175</v>
       </c>
-      <c r="B4" s="452" t="s">
+      <c r="C4" s="208" t="s">
+        <v>531</v>
+      </c>
+      <c r="D4" s="204" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="522"/>
+      <c r="B5" s="522"/>
+      <c r="C5" s="205" t="s">
+        <v>532</v>
+      </c>
+      <c r="D5" s="206" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="521" t="s">
         <v>176</v>
       </c>
-      <c r="C4" s="216" t="s">
-[...17 lines deleted...]
-      <c r="A6" s="452" t="s">
+      <c r="B6" s="523" t="s">
         <v>177</v>
       </c>
-      <c r="B6" s="454" t="s">
+      <c r="C6" s="208" t="s">
+        <v>533</v>
+      </c>
+      <c r="D6" s="204" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="522"/>
+      <c r="B7" s="524"/>
+      <c r="C7" s="205" t="s">
+        <v>535</v>
+      </c>
+      <c r="D7" s="204" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="144" t="s">
         <v>178</v>
       </c>
-      <c r="C6" s="216" t="s">
-[...17 lines deleted...]
-      <c r="A8" s="152" t="s">
+      <c r="B8" s="145" t="s">
         <v>179</v>
       </c>
-      <c r="B8" s="153" t="s">
+      <c r="C8" s="208" t="s">
+        <v>536</v>
+      </c>
+      <c r="D8" s="204" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="144" t="s">
         <v>180</v>
       </c>
-      <c r="C8" s="216" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="152" t="s">
+      <c r="B9" s="145" t="s">
         <v>181</v>
       </c>
-      <c r="B9" s="153" t="s">
+      <c r="C9" s="207" t="s">
+        <v>537</v>
+      </c>
+      <c r="D9" s="207" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="145" t="s">
         <v>182</v>
       </c>
-      <c r="C9" s="215" t="s">
-[...13 lines deleted...]
-      <c r="C10" s="451" t="s">
+      <c r="C10" s="520" t="s">
         <v>18</v>
       </c>
-      <c r="D10" s="451"/>
+      <c r="D10" s="520"/>
     </row>
     <row r="11" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="152" t="s">
+      <c r="A11" s="144" t="s">
         <v>90</v>
       </c>
-      <c r="B11" s="151" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="451" t="s">
+      <c r="B11" s="143" t="s">
+        <v>538</v>
+      </c>
+      <c r="C11" s="520" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="451"/>
+      <c r="D11" s="520"/>
     </row>
     <row r="12" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="24"/>
       <c r="C12" s="6"/>
     </row>
     <row r="13" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="24"/>
     </row>
     <row r="14" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="50" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="30" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="23" t="s">
+        <v>184</v>
+      </c>
+      <c r="B16" s="33" t="s">
         <v>185</v>
       </c>
-      <c r="B16" s="33" t="s">
-[...6 lines deleted...]
-        <v>523</v>
+      <c r="C16" s="210" t="s">
+        <v>539</v>
+      </c>
+      <c r="D16" s="211" t="s">
+        <v>513</v>
       </c>
       <c r="E16" s="4"/>
     </row>
     <row r="17" spans="1:5" s="1" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="23" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B17" s="51" t="s">
         <v>136</v>
       </c>
-      <c r="C17" s="220" t="s">
-[...3 lines deleted...]
-        <v>480</v>
+      <c r="C17" s="212" t="s">
+        <v>503</v>
+      </c>
+      <c r="D17" s="213" t="s">
+        <v>703</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="B18" s="33" t="s">
         <v>188</v>
       </c>
-      <c r="B18" s="33" t="s">
-[...6 lines deleted...]
-        <v>480</v>
+      <c r="C18" s="214" t="s">
+        <v>713</v>
+      </c>
+      <c r="D18" s="213" t="s">
+        <v>703</v>
       </c>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="B19" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="B19" s="38" t="s">
-[...6 lines deleted...]
-        <v>480</v>
+      <c r="C19" s="214" t="s">
+        <v>493</v>
+      </c>
+      <c r="D19" s="213" t="s">
+        <v>477</v>
       </c>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B20" s="38" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>191</v>
+      </c>
+      <c r="C20" s="214" t="s">
+        <v>542</v>
+      </c>
+      <c r="D20" s="215" t="s">
+        <v>226</v>
       </c>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="B21" s="33" t="s">
         <v>193</v>
       </c>
-      <c r="B21" s="33" t="s">
-[...6 lines deleted...]
-        <v>500</v>
+      <c r="C21" s="214" t="s">
+        <v>543</v>
+      </c>
+      <c r="D21" s="213" t="s">
+        <v>718</v>
       </c>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="42"/>
     </row>
     <row r="23" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="42"/>
     </row>
     <row r="24" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="50" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="30" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="C26" s="225" t="s">
-[...3 lines deleted...]
-        <v>523</v>
+      <c r="C26" s="217" t="s">
+        <v>544</v>
+      </c>
+      <c r="D26" s="218" t="s">
+        <v>513</v>
       </c>
       <c r="E26" s="4"/>
     </row>
     <row r="27" spans="1:5" s="1" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="23" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" s="16" t="s">
         <v>197</v>
       </c>
-      <c r="B27" s="16" t="s">
-[...6 lines deleted...]
-        <v>227</v>
+      <c r="C27" s="219" t="s">
+        <v>545</v>
+      </c>
+      <c r="D27" s="218" t="s">
+        <v>226</v>
       </c>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" s="39" t="s">
         <v>199</v>
       </c>
-      <c r="B28" s="39" t="s">
-[...6 lines deleted...]
-        <v>523</v>
+      <c r="C28" s="219" t="s">
+        <v>546</v>
+      </c>
+      <c r="D28" s="218" t="s">
+        <v>513</v>
       </c>
       <c r="E28" s="4"/>
     </row>
     <row r="29" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="22" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" s="35" t="s">
         <v>201</v>
       </c>
-      <c r="B29" s="35" t="s">
-[...6 lines deleted...]
-        <v>227</v>
+      <c r="C29" s="219" t="s">
+        <v>547</v>
+      </c>
+      <c r="D29" s="218" t="s">
+        <v>226</v>
       </c>
       <c r="E29" s="4"/>
     </row>
     <row r="30" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="23" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" s="33" t="s">
         <v>203</v>
       </c>
-      <c r="B30" s="33" t="s">
-[...6 lines deleted...]
-        <v>227</v>
+      <c r="C30" s="219" t="s">
+        <v>548</v>
+      </c>
+      <c r="D30" s="218" t="s">
+        <v>226</v>
       </c>
       <c r="E30" s="4"/>
     </row>
     <row r="31" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" s="33" t="s">
         <v>205</v>
       </c>
-      <c r="B31" s="33" t="s">
-[...6 lines deleted...]
-        <v>480</v>
+      <c r="C31" s="219" t="s">
+        <v>549</v>
+      </c>
+      <c r="D31" s="218" t="s">
+        <v>477</v>
       </c>
       <c r="E31" s="4"/>
     </row>
     <row r="32" spans="1:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D95"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I20" sqref="I20"/>
+    <sheetView tabSelected="1" topLeftCell="A11" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="24.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="6" customWidth="1"/>
     <col min="4" max="4" width="31" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C1" s="41"/>
       <c r="D1" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>116</v>
       </c>
       <c r="B3" s="19" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C3" s="52" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D3" s="53">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="18" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B4" s="33" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>208</v>
+      </c>
+      <c r="C4" s="109" t="s">
+        <v>488</v>
       </c>
       <c r="D4" s="53" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="18" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B5" s="33" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C5" s="53" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D5" s="53" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B6" s="33" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C6" s="53" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D6" s="53" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="18" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B7" s="33" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C7" s="53" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D7" s="53" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="33" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C8" s="456" t="s">
+        <v>213</v>
+      </c>
+      <c r="C8" s="525" t="s">
         <v>18</v>
       </c>
-      <c r="D8" s="456"/>
+      <c r="D8" s="525"/>
     </row>
     <row r="9" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="24"/>
       <c r="D9" s="6"/>
     </row>
     <row r="10" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="24"/>
     </row>
     <row r="11" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="50" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C11" s="41"/>
       <c r="D11" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="18" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B13" s="54" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C13" s="26" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="18" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B14" s="33" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>482</v>
+        <v>703</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="B15" s="54" t="s">
         <v>188</v>
       </c>
-      <c r="B15" s="54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="14" t="s">
-        <v>484</v>
+        <v>712</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>482</v>
+        <v>703</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="18" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B16" s="54" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>217</v>
+      </c>
+      <c r="C16" s="106" t="s">
+        <v>481</v>
+      </c>
+      <c r="D16" s="106" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="18" t="s">
         <v>95</v>
       </c>
       <c r="B17" s="54" t="s">
-        <v>219</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>218</v>
+      </c>
+      <c r="C17" s="107" t="s">
+        <v>482</v>
+      </c>
+      <c r="D17" s="106" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="18" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B18" s="33" t="s">
-        <v>220</v>
-[...5 lines deleted...]
-        <v>506</v>
+        <v>219</v>
+      </c>
+      <c r="C18" s="107" t="s">
+        <v>648</v>
+      </c>
+      <c r="D18" s="106" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="42"/>
     </row>
     <row r="20" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="50" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C20" s="50"/>
     </row>
     <row r="21" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D21" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="18" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B23" s="33" t="s">
-        <v>222</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>221</v>
+      </c>
+      <c r="C23" s="108" t="s">
+        <v>483</v>
+      </c>
+      <c r="D23" s="109" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B24" s="33" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>222</v>
+      </c>
+      <c r="C24" s="109" t="s">
+        <v>484</v>
+      </c>
+      <c r="D24" s="109" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B25" s="33" t="s">
-        <v>224</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>223</v>
+      </c>
+      <c r="C25" s="109" t="s">
+        <v>485</v>
+      </c>
+      <c r="D25" s="109" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="18" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B26" s="33" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>224</v>
+      </c>
+      <c r="C26" s="109" t="s">
+        <v>575</v>
+      </c>
+      <c r="D26" s="109" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="18" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B27" s="33" t="s">
-        <v>224</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>223</v>
+      </c>
+      <c r="C27" s="109" t="s">
+        <v>486</v>
+      </c>
+      <c r="D27" s="109" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="18" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B28" s="33" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>225</v>
+      </c>
+      <c r="C28" s="109" t="s">
+        <v>487</v>
+      </c>
+      <c r="D28" s="109" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -12025,1204 +12095,1204 @@
     <row r="88" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I7" sqref="I7"/>
+      <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42.5703125" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
     <col min="4" max="4" width="25.28515625" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="196" t="s">
+      <c r="B1" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="C1" s="146" t="s">
+      <c r="C1" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="D1" s="148" t="s">
+      <c r="D1" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="E1" s="144"/>
+      <c r="E1" s="137"/>
     </row>
     <row r="2" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="228" t="s">
+      <c r="A2" s="220" t="s">
+        <v>227</v>
+      </c>
+      <c r="B2" s="220" t="s">
         <v>228</v>
       </c>
-      <c r="B2" s="228" t="s">
+      <c r="C2" s="141" t="s">
+        <v>550</v>
+      </c>
+      <c r="D2" s="221" t="s">
+        <v>701</v>
+      </c>
+      <c r="E2" s="137"/>
+      <c r="F2" s="41"/>
+    </row>
+    <row r="3" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="179" t="s">
         <v>229</v>
       </c>
-      <c r="C2" s="149" t="s">
-[...9 lines deleted...]
-      <c r="A3" s="187" t="s">
+      <c r="B3" s="222" t="s">
         <v>230</v>
       </c>
-      <c r="B3" s="230" t="s">
+      <c r="C3" s="131" t="s">
+        <v>489</v>
+      </c>
+      <c r="D3" s="131" t="s">
+        <v>501</v>
+      </c>
+      <c r="E3" s="532" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" s="41"/>
+    </row>
+    <row r="4" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="223" t="s">
         <v>231</v>
       </c>
-      <c r="C3" s="138" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="463" t="s">
+      <c r="B4" s="184" t="s">
+        <v>232</v>
+      </c>
+      <c r="C4" s="132" t="s">
+        <v>551</v>
+      </c>
+      <c r="D4" s="224" t="s">
+        <v>718</v>
+      </c>
+      <c r="E4" s="533"/>
+      <c r="F4" s="41"/>
+    </row>
+    <row r="5" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="225" t="s">
+        <v>233</v>
+      </c>
+      <c r="B5" s="222" t="s">
+        <v>234</v>
+      </c>
+      <c r="C5" s="131" t="s">
+        <v>552</v>
+      </c>
+      <c r="D5" s="226" t="s">
+        <v>553</v>
+      </c>
+      <c r="E5" s="532" t="s">
         <v>43</v>
       </c>
-      <c r="F3" s="41"/>
-[...11 lines deleted...]
-      <c r="D4" s="232" t="s">
+    </row>
+    <row r="6" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="223" t="s">
+        <v>235</v>
+      </c>
+      <c r="B6" s="184" t="s">
+        <v>236</v>
+      </c>
+      <c r="C6" s="132" t="s">
         <v>500</v>
       </c>
-      <c r="E4" s="464"/>
-[...15 lines deleted...]
-      <c r="E5" s="463" t="s">
+      <c r="D6" s="132" t="s">
+        <v>718</v>
+      </c>
+      <c r="E6" s="533"/>
+    </row>
+    <row r="7" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="225" t="s">
+        <v>237</v>
+      </c>
+      <c r="B7" s="222" t="s">
+        <v>238</v>
+      </c>
+      <c r="C7" s="131" t="s">
+        <v>500</v>
+      </c>
+      <c r="D7" s="131" t="s">
+        <v>719</v>
+      </c>
+      <c r="E7" s="534" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="B7" s="230" t="s">
+    <row r="8" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="223" t="s">
         <v>239</v>
       </c>
-      <c r="C7" s="138" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="465" t="s">
+      <c r="B8" s="184" t="s">
+        <v>240</v>
+      </c>
+      <c r="C8" s="132" t="s">
+        <v>486</v>
+      </c>
+      <c r="D8" s="132" t="s">
+        <v>501</v>
+      </c>
+      <c r="E8" s="535"/>
+    </row>
+    <row r="9" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="227" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="186" t="s">
+        <v>241</v>
+      </c>
+      <c r="C9" s="228" t="s">
+        <v>502</v>
+      </c>
+      <c r="D9" s="129" t="s">
+        <v>526</v>
+      </c>
+      <c r="E9" s="147"/>
+    </row>
+    <row r="10" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="179" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" s="180" t="s">
+        <v>242</v>
+      </c>
+      <c r="C10" s="475" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="476"/>
+      <c r="E10" s="534" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-      <c r="B10" s="188" t="s">
+    <row r="11" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="182" t="s">
+        <v>66</v>
+      </c>
+      <c r="B11" s="229" t="s">
         <v>243</v>
       </c>
-      <c r="C10" s="403" t="s">
+      <c r="C11" s="478" t="s">
         <v>18</v>
       </c>
-      <c r="D10" s="404"/>
-[...11 lines deleted...]
-      <c r="C11" s="409" t="s">
+      <c r="D11" s="479"/>
+      <c r="E11" s="535"/>
+    </row>
+    <row r="12" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="230" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="149" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="475" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="410"/>
-[...13 lines deleted...]
-      <c r="E12" s="155"/>
+      <c r="D12" s="476"/>
+      <c r="E12" s="147"/>
     </row>
     <row r="14" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="50" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="56" t="s">
+      <c r="A16" s="414" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="56" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="57" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="58" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="59"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="56" t="s">
+      <c r="A17" s="414" t="s">
+        <v>245</v>
+      </c>
+      <c r="B17" s="60" t="s">
         <v>246</v>
       </c>
-      <c r="B17" s="60" t="s">
+      <c r="C17" s="110" t="s">
+        <v>489</v>
+      </c>
+      <c r="D17" s="61" t="s">
+        <v>226</v>
+      </c>
+      <c r="E17" s="62"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="415" t="s">
         <v>247</v>
       </c>
-      <c r="C17" s="117" t="s">
+      <c r="B18" s="63" t="s">
+        <v>248</v>
+      </c>
+      <c r="C18" s="111" t="s">
+        <v>490</v>
+      </c>
+      <c r="D18" s="112" t="s">
+        <v>526</v>
+      </c>
+      <c r="E18" s="530" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="416" t="s">
+        <v>249</v>
+      </c>
+      <c r="B19" s="65" t="s">
+        <v>250</v>
+      </c>
+      <c r="C19" s="113" t="s">
+        <v>492</v>
+      </c>
+      <c r="D19" s="66" t="s">
+        <v>251</v>
+      </c>
+      <c r="E19" s="531"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="417" t="s">
+        <v>252</v>
+      </c>
+      <c r="B20" s="63" t="s">
+        <v>253</v>
+      </c>
+      <c r="C20" s="111" t="s">
+        <v>493</v>
+      </c>
+      <c r="D20" s="112" t="s">
+        <v>718</v>
+      </c>
+      <c r="E20" s="530" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="416" t="s">
+        <v>254</v>
+      </c>
+      <c r="B21" s="67" t="s">
+        <v>255</v>
+      </c>
+      <c r="C21" s="114" t="s">
+        <v>714</v>
+      </c>
+      <c r="D21" s="118">
+        <v>40</v>
+      </c>
+      <c r="E21" s="531"/>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="415" t="s">
+        <v>256</v>
+      </c>
+      <c r="B22" s="63" t="s">
+        <v>257</v>
+      </c>
+      <c r="C22" s="111" t="s">
+        <v>494</v>
+      </c>
+      <c r="D22" s="64">
+        <v>40</v>
+      </c>
+      <c r="E22" s="530" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="416" t="s">
+        <v>258</v>
+      </c>
+      <c r="B23" s="65" t="s">
+        <v>199</v>
+      </c>
+      <c r="C23" s="113" t="s">
         <v>495</v>
       </c>
-      <c r="D17" s="61" t="s">
-[...11 lines deleted...]
-      <c r="C18" s="118" t="s">
+      <c r="D23" s="115" t="s">
+        <v>491</v>
+      </c>
+      <c r="E23" s="531"/>
+    </row>
+    <row r="24" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="418" t="s">
+        <v>259</v>
+      </c>
+      <c r="B24" s="68" t="s">
+        <v>260</v>
+      </c>
+      <c r="C24" s="116" t="s">
         <v>496</v>
       </c>
-      <c r="D18" s="119" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="461" t="s">
+      <c r="D24" s="117" t="s">
+        <v>721</v>
+      </c>
+      <c r="E24" s="62"/>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="417" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="C25" s="536" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" s="529"/>
+      <c r="E25" s="530" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...82 lines deleted...]
-      <c r="B24" s="72" t="s">
+    <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="419" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="69" t="s">
+        <v>243</v>
+      </c>
+      <c r="C26" s="526" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="527"/>
+      <c r="E26" s="531"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="420" t="s">
         <v>261</v>
       </c>
-      <c r="C24" s="123" t="s">
-[...14 lines deleted...]
-      <c r="C25" s="467" t="s">
+      <c r="B27" s="70" t="s">
+        <v>262</v>
+      </c>
+      <c r="C27" s="528" t="s">
         <v>18</v>
       </c>
-      <c r="D25" s="460"/>
-[...28 lines deleted...]
-      <c r="E27" s="77"/>
+      <c r="D27" s="529"/>
+      <c r="E27" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="E25:E26"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E20:E21"/>
     <mergeCell ref="E18:E19"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C25:D25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
-    <sheetView topLeftCell="A11" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+    <sheetView topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="E37" sqref="E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="28" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="24.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" style="6" customWidth="1"/>
     <col min="7" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="440" t="s">
+      <c r="A1" s="512" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1" s="512"/>
+      <c r="C1" s="512"/>
+      <c r="D1" s="512"/>
+      <c r="E1" s="306" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1" s="539"/>
+      <c r="G1" s="539"/>
+    </row>
+    <row r="2" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" s="307" t="s">
         <v>264</v>
       </c>
-      <c r="B1" s="440"/>
-[...2 lines deleted...]
-      <c r="E1" s="321" t="s">
+      <c r="D2" s="246" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="308" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="142"/>
+      <c r="G2" s="137"/>
+    </row>
+    <row r="3" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="166" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" s="166" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" s="143" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="150" t="s">
+        <v>476</v>
+      </c>
+      <c r="E3" s="303">
+        <v>40</v>
+      </c>
+      <c r="F3" s="147"/>
+      <c r="G3" s="137"/>
+    </row>
+    <row r="4" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="166" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" s="166" t="s">
+        <v>265</v>
+      </c>
+      <c r="C4" s="143" t="s">
+        <v>120</v>
+      </c>
+      <c r="D4" s="254" t="s">
+        <v>605</v>
+      </c>
+      <c r="E4" s="302" t="s">
+        <v>491</v>
+      </c>
+      <c r="F4" s="147"/>
+      <c r="G4" s="137"/>
+    </row>
+    <row r="5" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="166" t="s">
+        <v>176</v>
+      </c>
+      <c r="B5" s="166" t="s">
+        <v>266</v>
+      </c>
+      <c r="C5" s="220" t="s">
+        <v>267</v>
+      </c>
+      <c r="D5" s="254" t="s">
+        <v>606</v>
+      </c>
+      <c r="E5" s="302" t="s">
+        <v>513</v>
+      </c>
+      <c r="F5" s="152"/>
+      <c r="G5" s="137"/>
+    </row>
+    <row r="6" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="158" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="158" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" s="143" t="s">
+        <v>607</v>
+      </c>
+      <c r="D6" s="254" t="s">
+        <v>569</v>
+      </c>
+      <c r="E6" s="303" t="s">
+        <v>501</v>
+      </c>
+      <c r="F6" s="147"/>
+      <c r="G6" s="137"/>
+    </row>
+    <row r="7" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="158" t="s">
+        <v>180</v>
+      </c>
+      <c r="B7" s="158" t="s">
+        <v>268</v>
+      </c>
+      <c r="C7" s="143" t="s">
+        <v>608</v>
+      </c>
+      <c r="D7" s="254" t="s">
+        <v>475</v>
+      </c>
+      <c r="E7" s="254" t="s">
+        <v>501</v>
+      </c>
+      <c r="F7" s="147"/>
+      <c r="G7" s="137"/>
+    </row>
+    <row r="8" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="143" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" s="143" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" s="441" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="441"/>
+      <c r="F8" s="147"/>
+      <c r="G8" s="137"/>
+    </row>
+    <row r="9" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="245"/>
+      <c r="B9" s="245"/>
+      <c r="C9" s="137"/>
+      <c r="D9" s="137"/>
+      <c r="E9" s="309"/>
+      <c r="F9" s="147"/>
+      <c r="G9" s="137"/>
+    </row>
+    <row r="10" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="540" t="s">
+        <v>270</v>
+      </c>
+      <c r="B10" s="540"/>
+      <c r="C10" s="540"/>
+      <c r="D10" s="512"/>
+      <c r="E10" s="306" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="439"/>
-[...3 lines deleted...]
-      <c r="A2" s="196" t="s">
+      <c r="F10" s="147"/>
+      <c r="G10" s="137"/>
+    </row>
+    <row r="11" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="149" t="s">
+      <c r="B11" s="141" t="s">
         <v>115</v>
       </c>
-      <c r="C2" s="322" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="257" t="s">
+      <c r="C11" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="109" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="323" t="s">
+      <c r="E11" s="310" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="150"/>
-[...12 lines deleted...]
-      <c r="D3" s="158" t="s">
+      <c r="F11" s="137"/>
+      <c r="G11" s="137"/>
+    </row>
+    <row r="12" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="166" t="s">
+        <v>184</v>
+      </c>
+      <c r="B12" s="166" t="s">
+        <v>271</v>
+      </c>
+      <c r="C12" s="143" t="s">
+        <v>272</v>
+      </c>
+      <c r="D12" s="311" t="s">
+        <v>555</v>
+      </c>
+      <c r="E12" s="312" t="s">
+        <v>226</v>
+      </c>
+      <c r="F12" s="147"/>
+      <c r="G12" s="313"/>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="166" t="s">
+        <v>186</v>
+      </c>
+      <c r="B13" s="166" t="s">
+        <v>273</v>
+      </c>
+      <c r="C13" s="143" t="s">
+        <v>274</v>
+      </c>
+      <c r="D13" s="311" t="s">
+        <v>609</v>
+      </c>
+      <c r="E13" s="314" t="s">
         <v>479</v>
       </c>
-      <c r="E3" s="318">
+      <c r="F13" s="152"/>
+      <c r="G13" s="251"/>
+    </row>
+    <row r="14" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="166" t="s">
+        <v>187</v>
+      </c>
+      <c r="B14" s="166" t="s">
+        <v>275</v>
+      </c>
+      <c r="C14" s="143" t="s">
+        <v>276</v>
+      </c>
+      <c r="D14" s="311" t="s">
+        <v>610</v>
+      </c>
+      <c r="E14" s="312" t="s">
+        <v>479</v>
+      </c>
+      <c r="F14" s="147"/>
+      <c r="G14" s="137"/>
+    </row>
+    <row r="15" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="166" t="s">
+        <v>189</v>
+      </c>
+      <c r="B15" s="315" t="s">
+        <v>277</v>
+      </c>
+      <c r="C15" s="216" t="s">
+        <v>269</v>
+      </c>
+      <c r="D15" s="311" t="s">
+        <v>611</v>
+      </c>
+      <c r="E15" s="312" t="s">
+        <v>722</v>
+      </c>
+      <c r="F15" s="147"/>
+      <c r="G15" s="137"/>
+    </row>
+    <row r="16" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="158" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" s="158" t="s">
+        <v>278</v>
+      </c>
+      <c r="C16" s="143" t="s">
+        <v>191</v>
+      </c>
+      <c r="D16" s="311" t="s">
+        <v>612</v>
+      </c>
+      <c r="E16" s="312" t="s">
+        <v>613</v>
+      </c>
+      <c r="F16" s="147"/>
+      <c r="G16" s="137"/>
+    </row>
+    <row r="17" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="158" t="s">
+        <v>192</v>
+      </c>
+      <c r="B17" s="158" t="s">
+        <v>279</v>
+      </c>
+      <c r="C17" s="143" t="s">
+        <v>280</v>
+      </c>
+      <c r="D17" s="311" t="s">
+        <v>494</v>
+      </c>
+      <c r="E17" s="312" t="s">
+        <v>715</v>
+      </c>
+      <c r="F17" s="147"/>
+      <c r="G17" s="137"/>
+    </row>
+    <row r="18" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="245"/>
+      <c r="B18" s="245"/>
+      <c r="C18" s="137"/>
+      <c r="D18" s="137"/>
+      <c r="E18" s="316"/>
+      <c r="F18" s="147"/>
+      <c r="G18" s="137"/>
+    </row>
+    <row r="19" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="171"/>
+      <c r="B19" s="171"/>
+      <c r="C19" s="137"/>
+      <c r="D19" s="137"/>
+      <c r="E19" s="316"/>
+      <c r="F19" s="147"/>
+      <c r="G19" s="137"/>
+    </row>
+    <row r="20" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="540" t="s">
+        <v>281</v>
+      </c>
+      <c r="B20" s="540"/>
+      <c r="C20" s="540"/>
+      <c r="D20" s="540"/>
+      <c r="E20" s="306" t="s">
+        <v>1</v>
+      </c>
+      <c r="F20" s="147"/>
+      <c r="G20" s="137"/>
+    </row>
+    <row r="21" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B21" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D21" s="109" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" s="310" t="s">
+        <v>5</v>
+      </c>
+      <c r="F21" s="147"/>
+      <c r="G21" s="137"/>
+    </row>
+    <row r="22" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="158" t="s">
+        <v>195</v>
+      </c>
+      <c r="B22" s="158" t="s">
+        <v>282</v>
+      </c>
+      <c r="C22" s="143" t="s">
+        <v>283</v>
+      </c>
+      <c r="D22" s="76" t="s">
+        <v>500</v>
+      </c>
+      <c r="E22" s="248" t="s">
+        <v>513</v>
+      </c>
+      <c r="F22" s="147"/>
+      <c r="G22" s="137"/>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="158" t="s">
+        <v>196</v>
+      </c>
+      <c r="B23" s="158" t="s">
+        <v>284</v>
+      </c>
+      <c r="C23" s="143" t="s">
+        <v>285</v>
+      </c>
+      <c r="D23" s="76" t="s">
+        <v>700</v>
+      </c>
+      <c r="E23" s="76" t="s">
+        <v>477</v>
+      </c>
+      <c r="F23" s="152"/>
+      <c r="G23" s="251"/>
+    </row>
+    <row r="24" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="158" t="s">
+        <v>198</v>
+      </c>
+      <c r="B24" s="158" t="s">
+        <v>286</v>
+      </c>
+      <c r="C24" s="143" t="s">
+        <v>199</v>
+      </c>
+      <c r="D24" s="76" t="s">
+        <v>614</v>
+      </c>
+      <c r="E24" s="76" t="s">
+        <v>226</v>
+      </c>
+      <c r="F24" s="147"/>
+      <c r="G24" s="137"/>
+    </row>
+    <row r="25" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="158" t="s">
+        <v>200</v>
+      </c>
+      <c r="B25" s="158" t="s">
+        <v>287</v>
+      </c>
+      <c r="C25" s="143" t="s">
+        <v>201</v>
+      </c>
+      <c r="D25" s="76" t="s">
+        <v>499</v>
+      </c>
+      <c r="E25" s="76" t="s">
+        <v>615</v>
+      </c>
+      <c r="F25" s="147"/>
+      <c r="G25" s="137"/>
+    </row>
+    <row r="26" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="158" t="s">
+        <v>202</v>
+      </c>
+      <c r="B26" s="158" t="s">
+        <v>288</v>
+      </c>
+      <c r="C26" s="143" t="s">
+        <v>289</v>
+      </c>
+      <c r="D26" s="76" t="s">
+        <v>611</v>
+      </c>
+      <c r="E26" s="76" t="s">
+        <v>513</v>
+      </c>
+      <c r="F26" s="147"/>
+      <c r="G26" s="137"/>
+    </row>
+    <row r="27" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="144" t="s">
+        <v>290</v>
+      </c>
+      <c r="B27" s="144" t="s">
+        <v>291</v>
+      </c>
+      <c r="C27" s="143" t="s">
+        <v>205</v>
+      </c>
+      <c r="D27" s="76" t="s">
+        <v>616</v>
+      </c>
+      <c r="E27" s="248" t="s">
+        <v>613</v>
+      </c>
+      <c r="F27" s="147"/>
+      <c r="G27" s="137"/>
+    </row>
+    <row r="28" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="161"/>
+      <c r="B28" s="161"/>
+      <c r="C28" s="137"/>
+      <c r="D28" s="137"/>
+      <c r="E28" s="316"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="137"/>
+    </row>
+    <row r="29" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="161"/>
+      <c r="B29" s="161"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="137"/>
+      <c r="E29" s="316"/>
+      <c r="F29" s="147"/>
+      <c r="G29" s="137"/>
+    </row>
+    <row r="30" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="B30" s="512"/>
+      <c r="C30" s="512"/>
+      <c r="D30" s="512"/>
+      <c r="E30" s="306" t="s">
+        <v>1</v>
+      </c>
+      <c r="F30" s="147"/>
+      <c r="G30" s="137"/>
+    </row>
+    <row r="31" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B31" s="109" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="109" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" s="248" t="s">
+        <v>5</v>
+      </c>
+      <c r="F31" s="147"/>
+      <c r="G31" s="137"/>
+    </row>
+    <row r="32" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="220" t="s">
+        <v>227</v>
+      </c>
+      <c r="B32" s="317" t="s">
+        <v>293</v>
+      </c>
+      <c r="C32" s="317" t="s">
+        <v>294</v>
+      </c>
+      <c r="D32" s="318" t="s">
+        <v>550</v>
+      </c>
+      <c r="E32" s="319" t="s">
+        <v>702</v>
+      </c>
+      <c r="F32" s="147"/>
+      <c r="G32" s="137"/>
+    </row>
+    <row r="33" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="179" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" s="257" t="s">
+        <v>295</v>
+      </c>
+      <c r="C33" s="222" t="s">
+        <v>459</v>
+      </c>
+      <c r="D33" s="320" t="s">
+        <v>546</v>
+      </c>
+      <c r="E33" s="131" t="s">
+        <v>491</v>
+      </c>
+      <c r="F33" s="541" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" s="137"/>
+    </row>
+    <row r="34" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="223" t="s">
+        <v>231</v>
+      </c>
+      <c r="B34" s="321" t="s">
+        <v>296</v>
+      </c>
+      <c r="C34" s="184" t="s">
+        <v>297</v>
+      </c>
+      <c r="D34" s="194" t="s">
+        <v>551</v>
+      </c>
+      <c r="E34" s="262" t="s">
+        <v>718</v>
+      </c>
+      <c r="F34" s="542"/>
+      <c r="G34" s="137"/>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="225" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" s="323" t="s">
+        <v>298</v>
+      </c>
+      <c r="C35" s="222" t="s">
+        <v>299</v>
+      </c>
+      <c r="D35" s="197" t="s">
+        <v>503</v>
+      </c>
+      <c r="E35" s="259" t="s">
+        <v>617</v>
+      </c>
+      <c r="F35" s="541" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" s="251"/>
+    </row>
+    <row r="36" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="223" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" s="321" t="s">
+        <v>300</v>
+      </c>
+      <c r="C36" s="184" t="s">
+        <v>205</v>
+      </c>
+      <c r="D36" s="201" t="s">
+        <v>562</v>
+      </c>
+      <c r="E36" s="132" t="s">
+        <v>491</v>
+      </c>
+      <c r="F36" s="542"/>
+      <c r="G36" s="137"/>
+    </row>
+    <row r="37" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="225" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" s="323" t="s">
+        <v>301</v>
+      </c>
+      <c r="C37" s="222" t="s">
+        <v>618</v>
+      </c>
+      <c r="D37" s="197" t="s">
+        <v>489</v>
+      </c>
+      <c r="E37" s="131" t="s">
+        <v>718</v>
+      </c>
+      <c r="F37" s="541" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" s="137"/>
+    </row>
+    <row r="38" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="223" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" s="321" t="s">
+        <v>303</v>
+      </c>
+      <c r="C38" s="184" t="s">
+        <v>304</v>
+      </c>
+      <c r="D38" s="201" t="s">
+        <v>483</v>
+      </c>
+      <c r="E38" s="132">
         <v>40</v>
       </c>
-      <c r="F3" s="155"/>
-[...88 lines deleted...]
-      <c r="D8" s="377" t="s">
+      <c r="F38" s="542"/>
+      <c r="G38" s="137"/>
+    </row>
+    <row r="39" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="227" t="s">
+        <v>60</v>
+      </c>
+      <c r="B39" s="227" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" s="186" t="s">
+        <v>305</v>
+      </c>
+      <c r="D39" s="190" t="s">
+        <v>500</v>
+      </c>
+      <c r="E39" s="129" t="s">
+        <v>226</v>
+      </c>
+      <c r="F39" s="325"/>
+      <c r="G39" s="137"/>
+    </row>
+    <row r="40" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="179" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" s="222" t="s">
+        <v>64</v>
+      </c>
+      <c r="C40" s="180" t="s">
+        <v>49</v>
+      </c>
+      <c r="D40" s="475" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="377"/>
-[...407 lines deleted...]
-      <c r="F33" s="471" t="s">
+      <c r="E40" s="476"/>
+      <c r="F40" s="541" t="s">
         <v>43</v>
       </c>
-      <c r="G33" s="144"/>
-[...107 lines deleted...]
-      <c r="C39" s="194" t="s">
+      <c r="G40" s="137"/>
+    </row>
+    <row r="41" spans="1:7" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="182" t="s">
+        <v>66</v>
+      </c>
+      <c r="B41" s="326" t="s">
         <v>306</v>
       </c>
-      <c r="D39" s="198" t="s">
-[...15 lines deleted...]
-      <c r="C40" s="188" t="s">
+      <c r="C41" s="229" t="s">
+        <v>307</v>
+      </c>
+      <c r="D41" s="478" t="s">
+        <v>18</v>
+      </c>
+      <c r="E41" s="479"/>
+      <c r="F41" s="542"/>
+      <c r="G41" s="137"/>
+    </row>
+    <row r="42" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="230" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" s="230" t="s">
+        <v>151</v>
+      </c>
+      <c r="C42" s="149" t="s">
         <v>49</v>
       </c>
-      <c r="D40" s="403" t="s">
+      <c r="D42" s="537" t="s">
         <v>18</v>
       </c>
-      <c r="E40" s="404"/>
-[...37 lines deleted...]
-      <c r="G42" s="144"/>
+      <c r="E42" s="538"/>
+      <c r="F42" s="147"/>
+      <c r="G42" s="137"/>
     </row>
     <row r="43" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="52" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="53" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="55" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="56" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="57" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="58" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="59" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="60" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="61" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="62" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="63" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="64" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="65" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="66" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -13243,345 +13313,345 @@
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="F33:F34"/>
     <mergeCell ref="F35:F36"/>
     <mergeCell ref="F37:F38"/>
     <mergeCell ref="F40:F41"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F2" sqref="F1:F1048576"/>
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="28" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="24.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="6"/>
     <col min="7" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="440" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="143" t="s">
+      <c r="A1" s="512" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1" s="512"/>
+      <c r="C1" s="512"/>
+      <c r="D1" s="512"/>
+      <c r="E1" s="136" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="473"/>
-      <c r="G1" s="473"/>
+      <c r="F1" s="543"/>
+      <c r="G1" s="543"/>
     </row>
     <row r="2" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="196" t="s">
+      <c r="A2" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="149" t="s">
+      <c r="B2" s="141" t="s">
         <v>115</v>
       </c>
-      <c r="C2" s="322" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="257" t="s">
+      <c r="C2" s="307" t="s">
+        <v>308</v>
+      </c>
+      <c r="D2" s="246" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="323" t="s">
+      <c r="E2" s="308" t="s">
         <v>83</v>
       </c>
       <c r="F2" s="7"/>
     </row>
     <row r="3" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="174" t="s">
+      <c r="A3" s="166" t="s">
         <v>116</v>
       </c>
-      <c r="B3" s="174" t="s">
+      <c r="B3" s="166" t="s">
         <v>117</v>
       </c>
-      <c r="C3" s="151" t="s">
+      <c r="C3" s="143" t="s">
         <v>118</v>
       </c>
-      <c r="D3" s="158" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="318">
+      <c r="D3" s="150" t="s">
+        <v>619</v>
+      </c>
+      <c r="E3" s="303">
         <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="174" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="174" t="s">
+      <c r="A4" s="166" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" s="166" t="s">
+        <v>265</v>
+      </c>
+      <c r="C4" s="143" t="s">
+        <v>120</v>
+      </c>
+      <c r="D4" s="150" t="s">
+        <v>620</v>
+      </c>
+      <c r="E4" s="303" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="166" t="s">
+        <v>176</v>
+      </c>
+      <c r="B5" s="166" t="s">
         <v>266</v>
       </c>
-      <c r="C4" s="151" t="s">
-[...13 lines deleted...]
-      <c r="B5" s="174" t="s">
+      <c r="C5" s="220" t="s">
         <v>267</v>
       </c>
-      <c r="C5" s="228" t="s">
+      <c r="D5" s="150" t="s">
+        <v>621</v>
+      </c>
+      <c r="E5" s="303" t="s">
+        <v>722</v>
+      </c>
+      <c r="F5" s="17"/>
+    </row>
+    <row r="6" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="158" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="158" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" s="143" t="s">
+        <v>607</v>
+      </c>
+      <c r="D6" s="150" t="s">
+        <v>556</v>
+      </c>
+      <c r="E6" s="303" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="158" t="s">
+        <v>180</v>
+      </c>
+      <c r="B7" s="158" t="s">
         <v>268</v>
       </c>
-      <c r="D5" s="158" t="s">
-[...28 lines deleted...]
-      <c r="B7" s="166" t="s">
+      <c r="C7" s="143" t="s">
         <v>269</v>
       </c>
-      <c r="C7" s="151" t="s">
+      <c r="D7" s="150" t="s">
+        <v>562</v>
+      </c>
+      <c r="E7" s="300" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="143" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" s="143" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" s="441" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="441"/>
+    </row>
+    <row r="9" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="245"/>
+      <c r="B9" s="245"/>
+      <c r="C9" s="137"/>
+      <c r="D9" s="137"/>
+      <c r="E9" s="309"/>
+    </row>
+    <row r="10" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="540" t="s">
         <v>270</v>
       </c>
-      <c r="D7" s="158" t="s">
-[...29 lines deleted...]
-      <c r="A10" s="470" t="s">
+      <c r="B10" s="540"/>
+      <c r="C10" s="540"/>
+      <c r="D10" s="512"/>
+      <c r="E10" s="136" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="188" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="141" t="s">
+        <v>115</v>
+      </c>
+      <c r="C11" s="188" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="109" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" s="310" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="4"/>
+    </row>
+    <row r="12" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="166" t="s">
+        <v>184</v>
+      </c>
+      <c r="B12" s="166" t="s">
         <v>271</v>
       </c>
-      <c r="B10" s="470"/>
-[...28 lines deleted...]
-      <c r="B12" s="174" t="s">
+      <c r="C12" s="143" t="s">
         <v>272</v>
       </c>
-      <c r="C12" s="151" t="s">
+      <c r="D12" s="150" t="s">
+        <v>555</v>
+      </c>
+      <c r="E12" s="303" t="s">
+        <v>226</v>
+      </c>
+      <c r="G12" s="43"/>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="166" t="s">
+        <v>186</v>
+      </c>
+      <c r="B13" s="166" t="s">
         <v>273</v>
       </c>
-      <c r="D12" s="158" t="s">
-[...8 lines deleted...]
-      <c r="A13" s="174" t="s">
+      <c r="C13" s="143" t="s">
+        <v>274</v>
+      </c>
+      <c r="D13" s="150" t="s">
+        <v>609</v>
+      </c>
+      <c r="E13" s="303" t="s">
+        <v>479</v>
+      </c>
+      <c r="F13" s="17"/>
+    </row>
+    <row r="14" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="166" t="s">
         <v>187</v>
       </c>
-      <c r="B13" s="174" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="151" t="s">
+      <c r="B14" s="166" t="s">
         <v>275</v>
       </c>
-      <c r="D13" s="158" t="s">
-[...11 lines deleted...]
-      <c r="B14" s="174" t="s">
+      <c r="C14" s="143" t="s">
         <v>276</v>
       </c>
-      <c r="C14" s="151" t="s">
+      <c r="D14" s="150" t="s">
+        <v>610</v>
+      </c>
+      <c r="E14" s="303" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="166" t="s">
+        <v>189</v>
+      </c>
+      <c r="B15" s="315" t="s">
         <v>277</v>
       </c>
-      <c r="D14" s="158" t="s">
-[...10 lines deleted...]
-      <c r="B15" s="330" t="s">
+      <c r="C15" s="216" t="s">
+        <v>269</v>
+      </c>
+      <c r="D15" s="150" t="s">
+        <v>611</v>
+      </c>
+      <c r="E15" s="303" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="158" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" s="158" t="s">
         <v>278</v>
       </c>
-      <c r="C15" s="224" t="s">
-[...13 lines deleted...]
-      <c r="B16" s="166" t="s">
+      <c r="C16" s="143" t="s">
+        <v>191</v>
+      </c>
+      <c r="D16" s="150" t="s">
+        <v>612</v>
+      </c>
+      <c r="E16" s="303" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="158" t="s">
+        <v>192</v>
+      </c>
+      <c r="B17" s="158" t="s">
         <v>279</v>
       </c>
-      <c r="C16" s="151" t="s">
-[...13 lines deleted...]
-      <c r="B17" s="166" t="s">
+      <c r="C17" s="143" t="s">
         <v>280</v>
       </c>
-      <c r="C17" s="151" t="s">
-[...6 lines deleted...]
-        <v>639</v>
+      <c r="D17" s="150" t="s">
+        <v>494</v>
+      </c>
+      <c r="E17" s="248" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="42"/>
       <c r="B18" s="42"/>
-      <c r="E18" s="80"/>
+      <c r="E18" s="74"/>
     </row>
     <row r="19" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="24"/>
       <c r="B19" s="24"/>
-      <c r="E19" s="80"/>
+      <c r="E19" s="74"/>
     </row>
     <row r="20" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="23" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>